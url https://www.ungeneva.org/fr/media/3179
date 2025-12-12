--- v0 (2025-10-08)
+++ v1 (2025-12-12)
@@ -1,2531 +1,2563 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="0083444B" w:rsidP="00DD36D7" w:rsidRDefault="00A822D1" w14:paraId="61FDEB55" w14:textId="1993F2DB">
+    <w:p w14:paraId="2CED3B6A" w14:textId="2F3F6131" w:rsidR="002E618E" w:rsidRPr="00192CF8" w:rsidRDefault="63F8743A" w:rsidP="00F67EF7">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Modèle de lettre pour </w:t>
+      </w:r>
+      <w:r w:rsidR="109DF6B2" w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">les </w:t>
+      </w:r>
+      <w:r w:rsidR="7166B728" w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>ONG</w:t>
+      </w:r>
+      <w:r w:rsidR="131708EF" w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au bénéfice du stat</w:t>
+      </w:r>
+      <w:r w:rsidR="6DEA7C77" w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>ut consultatif auprès de l’ECOSOC</w:t>
+      </w:r>
+      <w:r w:rsidR="1E542552" w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> p</w:t>
+      </w:r>
+      <w:r w:rsidR="3073A9CA" w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">our </w:t>
+      </w:r>
+      <w:r w:rsidR="35E0EEAE" w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="009F6789">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="35E0EEAE" w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> demande</w:t>
+      </w:r>
+      <w:r w:rsidR="009F6789">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="35E0EEAE" w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7166B728" w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>d’accréditation auprès de l’Office des Nations Unies à Genève</w:t>
+      </w:r>
+      <w:r w:rsidR="31A09820" w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r w:rsidR="249FDFA1" w:rsidRPr="00192CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDB"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C0C42E" w14:textId="77777777" w:rsidR="00A822D1" w:rsidRPr="0057509E" w:rsidRDefault="00A822D1" w:rsidP="0057509E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6539FBA3" w14:textId="105C68D5" w:rsidR="00614253" w:rsidRPr="001C12AB" w:rsidRDefault="00270FE9" w:rsidP="00F167BD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
-[...200 lines deleted...]
-    <w:p w:rsidRPr="00280C3C" w:rsidR="00F02A19" w:rsidP="00070051" w:rsidRDefault="00F02A19" w14:paraId="521327F0" w14:textId="77777777">
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="27B576C2" w:rsidRPr="001C12AB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EN-TÊTE OFFICIEL DE </w:t>
+      </w:r>
+      <w:r w:rsidR="001C12AB" w:rsidRPr="001C12AB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VOTRE </w:t>
+      </w:r>
+      <w:r w:rsidR="27B576C2" w:rsidRPr="001C12AB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>ORGANISATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521327F0" w14:textId="77777777" w:rsidR="00F02A19" w:rsidRPr="00280C3C" w:rsidRDefault="00F02A19" w:rsidP="00070051">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7230"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D66F7A" w:rsidP="00701568" w:rsidRDefault="00614253" w14:paraId="75256810" w14:textId="2CF21737">
+    <w:p w14:paraId="75256810" w14:textId="2CF21737" w:rsidR="00D66F7A" w:rsidRDefault="00614253" w:rsidP="00701568">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614253">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>ADRESS</w:t>
       </w:r>
       <w:r w:rsidR="00357940">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00614253">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>É</w:t>
       </w:r>
       <w:r w:rsidRPr="00486D62">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00614253">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>À</w:t>
       </w:r>
       <w:r w:rsidRPr="00486D62">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00701568" w:rsidR="00701568">
+      <w:r w:rsidR="00701568" w:rsidRPr="00701568">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00486D62" w:rsidR="00701568">
+      <w:r w:rsidR="00701568" w:rsidRPr="00486D62">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00486D62" w:rsidR="00701568">
+      <w:r w:rsidR="00701568" w:rsidRPr="00486D62">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00701568">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00701568">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00701568">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00486D62" w:rsidR="00701568">
+      <w:r w:rsidR="00701568" w:rsidRPr="00486D62">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00486D62" w:rsidR="00701568">
+      <w:r w:rsidR="00701568" w:rsidRPr="00486D62">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00486D62" w:rsidR="00701568">
+      <w:r w:rsidR="00701568" w:rsidRPr="00486D62">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>DATE:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00701568" w:rsidP="00701568" w:rsidRDefault="00701568" w14:paraId="3E5908A2" w14:textId="77777777">
+    <w:p w14:paraId="3E5908A2" w14:textId="77777777" w:rsidR="00701568" w:rsidRDefault="00701568" w:rsidP="00701568">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00486D62" w:rsidR="008C1761" w:rsidP="00614253" w:rsidRDefault="00D66F7A" w14:paraId="239F70BE" w14:textId="00CC8140">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="6D52E43C" w:rsidR="00D66F7A">
+    <w:p w14:paraId="239F70BE" w14:textId="00CC8140" w:rsidR="008C1761" w:rsidRPr="00486D62" w:rsidRDefault="00D66F7A" w:rsidP="00614253">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D52E43C">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidRPr="6D52E43C" w:rsidR="5C813C75">
+      <w:r w:rsidR="5C813C75" w:rsidRPr="6D52E43C">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="6D52E43C" w:rsidR="3973587C">
+      <w:r w:rsidR="3973587C" w:rsidRPr="6D52E43C">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Philippe Hug</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00041017">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A20D37D" w14:textId="6470469E" w:rsidR="00614253" w:rsidRPr="00486D62" w:rsidRDefault="0058789F" w:rsidP="00614253">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D52E43C">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Ch</w:t>
+      </w:r>
+      <w:r w:rsidR="676A3D42" w:rsidRPr="6D52E43C">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>argé de</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6824" w:rsidRPr="6D52E43C">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D52E43C">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6824" w:rsidRPr="6D52E43C">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>iaison avec les ONG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BAE110" w14:textId="5EA313E6" w:rsidR="00614253" w:rsidRDefault="008030B0" w:rsidP="00357940">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="525C073E">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bâtiment </w:t>
+      </w:r>
+      <w:r w:rsidR="6612D4BE" w:rsidRPr="525C073E">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00357940" w:rsidRPr="525C073E">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00614253" w:rsidRPr="525C073E">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Palais des Nations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A58F947" w14:textId="77777777" w:rsidR="00614253" w:rsidRPr="00974200" w:rsidRDefault="00A0036B" w:rsidP="009D6824">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1211 </w:t>
+      </w:r>
+      <w:r w:rsidR="00614253" w:rsidRPr="00974200">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6824" w:rsidRPr="00974200">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>enève</w:t>
+      </w:r>
+      <w:r w:rsidR="00614253" w:rsidRPr="00974200">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72600A28" w14:textId="77777777" w:rsidR="00614253" w:rsidRPr="00974200" w:rsidRDefault="00614253" w:rsidP="009D6824">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974200">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6824" w:rsidRPr="00974200">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>uisse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697299EA" w14:textId="77777777" w:rsidR="00614253" w:rsidRPr="009F6789" w:rsidRDefault="00614253" w:rsidP="00614253">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
+      <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F6789">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F6789">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02BC4" w:rsidRPr="009F6789">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="006FC0"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>unog.ngo@un</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00F02BC4" w:rsidRPr="009F6789">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="006FC0"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BBE86F" w14:textId="77777777" w:rsidR="00614253" w:rsidRPr="009F6789" w:rsidRDefault="00614253" w:rsidP="00614253">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11D0BCF9" w14:textId="7FC065F9" w:rsidR="00614253" w:rsidRPr="00825B0E" w:rsidRDefault="006A470B" w:rsidP="00614253">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Cher</w:t>
+      </w:r>
+      <w:r w:rsidR="003971A4" w:rsidRPr="00825B0E">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Monsieur</w:t>
+      </w:r>
+      <w:r w:rsidR="00614253" w:rsidRPr="00825B0E">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FEE5D59" w14:textId="77777777" w:rsidR="00614253" w:rsidRPr="00825B0E" w:rsidRDefault="00614253" w:rsidP="00614253">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3281CCF5" w14:textId="6C74EC61" w:rsidR="00614253" w:rsidRPr="006805C5" w:rsidRDefault="00614253" w:rsidP="4EC75357">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>[ENTRER LE NOM DE VOTRE ORGANISATION]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504552" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">est une </w:t>
+      </w:r>
+      <w:r w:rsidR="00A06E4D" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>organis</w:t>
+      </w:r>
+      <w:r w:rsidR="00504552" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>ation</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2184B" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non-gouvernementale au bénéfice</w:t>
+      </w:r>
+      <w:r w:rsidR="00504552" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du statut consultatif auprès du Conseil Économique et Social depuis</w:t>
+      </w:r>
+      <w:r w:rsidR="002470FE" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00504552" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>ANNEE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A09790" w14:textId="77777777" w:rsidR="00614253" w:rsidRPr="00486D62" w:rsidRDefault="00614253" w:rsidP="4EC75357">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03E350E0" w14:textId="08B3799B" w:rsidR="00863314" w:rsidRDefault="638E946F" w:rsidP="4EC75357">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Par la présente, j</w:t>
+      </w:r>
+      <w:r w:rsidR="5F17D4BD" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="4AFD04FE" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="07576B79" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>demand</w:t>
+      </w:r>
+      <w:r w:rsidR="5F17D4BD" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="4AFD04FE" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0B7B7538" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="47BAF66D" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>’(l</w:t>
+      </w:r>
+      <w:r w:rsidR="0B7B7538" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="47BAF66D" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="4AFD04FE" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="75EA6EC3" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>accréditation</w:t>
+      </w:r>
+      <w:r w:rsidR="47BAF66D" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="75EA6EC3" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="47BAF66D" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="454E1B1C" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="09654BCA" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">à </w:t>
+      </w:r>
+      <w:r w:rsidR="067A7627" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l’ONUG </w:t>
+      </w:r>
+      <w:r w:rsidR="2391D8D7" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>suivant</w:t>
+      </w:r>
+      <w:r w:rsidR="0B7B7538" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="47BAF66D" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0B7B7538" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="47BAF66D" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="2391D8D7" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="04300B80" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pour les représentants de </w:t>
+      </w:r>
+      <w:r w:rsidR="5F17D4BD" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>mon</w:t>
+      </w:r>
+      <w:r w:rsidR="04300B80" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organisation pour</w:t>
+      </w:r>
+      <w:r w:rsidR="782ECF75" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="665B7D3D" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l’année </w:t>
+      </w:r>
+      <w:r w:rsidR="006A470B">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="006A470B" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC9AE5B" w14:textId="77777777" w:rsidR="0058789F" w:rsidRDefault="0058789F" w:rsidP="4EC75357">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5441F97D" w14:textId="7F48B809" w:rsidR="0058789F" w:rsidRPr="00863314" w:rsidRDefault="0058789F" w:rsidP="4EC75357">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="6D52E43C" w:rsidR="009D6824">
+      <w:r w:rsidR="007166A9" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Accréditations /</w:t>
+      </w:r>
+      <w:r w:rsidR="00355E73" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6D52E43C" w:rsidR="0058789F">
-[...500 lines deleted...]
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00CE1268">
+      <w:r w:rsidR="00CE1268" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="0058789F">
+      <w:r w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>adges d’accès annuels</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="000F6359">
+      <w:r w:rsidR="000F6359" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006805C5" w:rsidR="00614253" w:rsidP="4EC75357" w:rsidRDefault="00863314" w14:paraId="6D9D663F" w14:textId="77777777">
+    <w:p w14:paraId="6D9D663F" w14:textId="77777777" w:rsidR="00614253" w:rsidRPr="006805C5" w:rsidRDefault="00863314" w:rsidP="4EC75357">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...7 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>[Mr/Mme</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>] [</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00863314">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Prénom, nom], en tant que</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="009D6824">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="009D6824" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Pré</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>sident/</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00B11502">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00B11502" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Directeur général</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006805C5" w:rsidR="00614253" w:rsidP="4EC75357" w:rsidRDefault="00863314" w14:paraId="4A685F8B" w14:textId="77777777">
+    <w:p w14:paraId="4A685F8B" w14:textId="77777777" w:rsidR="00614253" w:rsidRPr="006805C5" w:rsidRDefault="00863314" w:rsidP="4EC75357">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...7 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>[Mr/Mme</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>] [</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00863314">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Prénom, nom</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">], </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00863314">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>en tant que</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="009A4E42">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="009A4E42" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Directeur a</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="009D6824">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="009D6824" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>dministr</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00974200">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00974200" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>atif</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006805C5" w:rsidR="00614253" w:rsidP="4EC75357" w:rsidRDefault="00863314" w14:paraId="21263DA0" w14:textId="77777777">
+    <w:p w14:paraId="21263DA0" w14:textId="77777777" w:rsidR="00614253" w:rsidRPr="006805C5" w:rsidRDefault="00863314" w:rsidP="4EC75357">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...7 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>[Mr/Mme</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>] [</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00863314">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Prénom, nom</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">], </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00863314">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>en tant que</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00863314">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Représentant principal à Genève</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006805C5" w:rsidR="00614253" w:rsidP="4EC75357" w:rsidRDefault="00863314" w14:paraId="5316ECB4" w14:textId="77777777">
+    <w:p w14:paraId="5316ECB4" w14:textId="77777777" w:rsidR="00614253" w:rsidRPr="006805C5" w:rsidRDefault="00863314" w:rsidP="4EC75357">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...7 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>[Mr/Mme</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>] [</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00863314">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Prénom, nom</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">], </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00863314">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>en tant que</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00863314">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Représentant additionnel à Genève</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00614253">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00614253" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0058789F" w:rsidP="4EC75357" w:rsidRDefault="0058789F" w14:paraId="5D72A833" w14:textId="77777777">
+    <w:p w14:paraId="5D72A833" w14:textId="77777777" w:rsidR="0058789F" w:rsidRDefault="0058789F" w:rsidP="4EC75357">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...5 lines deleted...]
-    <w:p w:rsidRPr="00863314" w:rsidR="0058789F" w:rsidP="4EC75357" w:rsidRDefault="0058789F" w14:paraId="7B3A5584" w14:textId="77C3C8FA">
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B3A5584" w14:textId="77C3C8FA" w:rsidR="0058789F" w:rsidRPr="00863314" w:rsidRDefault="0058789F" w:rsidP="4EC75357">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="0058789F">
+      <w:r w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="0001052F">
+      <w:r w:rsidR="0001052F" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Accréditations /</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00CE1268">
+      <w:r w:rsidR="00CE1268" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> b</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="0058789F">
+      <w:r w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>adges d’accès temporaires</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="000F6359">
+      <w:r w:rsidR="000F6359" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AE20C7" w:rsidR="00AE20C7" w:rsidP="4EC75357" w:rsidRDefault="00AE20C7" w14:paraId="52CDAC55" w14:textId="50EEAE88">
+    <w:p w14:paraId="52CDAC55" w14:textId="50EEAE88" w:rsidR="00AE20C7" w:rsidRPr="00AE20C7" w:rsidRDefault="00AE20C7" w:rsidP="4EC75357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...7 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>[M./Mme] [Prénom, nom], en tant que [Représentant additionnel à Genève] de [</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="001D4147">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="001D4147" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00AE20C7">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>à 3 mois]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AE20C7" w:rsidR="00D86841" w:rsidP="4EC75357" w:rsidRDefault="005604A5" w14:paraId="5F7CB703" w14:textId="6855B3A2">
+    <w:p w14:paraId="5F7CB703" w14:textId="6855B3A2" w:rsidR="00D86841" w:rsidRPr="00AE20C7" w:rsidRDefault="005604A5" w:rsidP="4EC75357">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="005604A5">
+      <w:r w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C7525C" w:rsidR="00D86841" w:rsidP="4EC75357" w:rsidRDefault="00D86841" w14:paraId="7DAFC2FE" w14:textId="2D0220BF">
+    <w:p w14:paraId="7DAFC2FE" w14:textId="4DD9C357" w:rsidR="00D86841" w:rsidRPr="00C7525C" w:rsidRDefault="5AEBCC2A" w:rsidP="17F39D9A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="fr-CH"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00D86841">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="006FC0"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="17F39D9A">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CA4746">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00AE20C7">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="4EC75357" w:rsidR="009F7EE4">
+      <w:r w:rsidR="45E3DCE3" w:rsidRPr="17F39D9A">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Je confirme par la présente </w:t>
+      </w:r>
+      <w:r w:rsidR="40E1CCEC" w:rsidRPr="17F39D9A">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>avoir</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00AE20C7">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="4EC75357" w:rsidR="005604A5">
+      <w:r w:rsidR="45E3DCE3" w:rsidRPr="17F39D9A">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bien préenregistré les représentants mentionnés ci-dessus dans </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidR="005A6A6E" w:rsidRPr="07537748">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="1"/>
-            <w:bCs w:val="1"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="006FC0"/>
             <w:lang w:val="fr-CH"/>
           </w:rPr>
-          <w:t>https://esango.un.org</w:t>
+          <w:t>la</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidR="005A6A6E" w:rsidRPr="07537748">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="006FC0"/>
+            <w:lang w:val="fr-CH"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> base de données </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="005A6A6E" w:rsidRPr="07537748">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="006FC0"/>
+            <w:lang w:val="fr-CH"/>
+          </w:rPr>
+          <w:t>iCSO</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="005A6A6E" w:rsidRPr="07537748">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="006FC0"/>
+            <w:lang w:val="fr-CH"/>
+          </w:rPr>
+          <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00AE20C7">
-[...8 lines deleted...]
-    <w:p w:rsidRPr="00C7525C" w:rsidR="00D86841" w:rsidP="4EC75357" w:rsidRDefault="00D86841" w14:paraId="5AD8793E" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="5AD8793E" w14:textId="77777777" w:rsidR="00D86841" w:rsidRPr="00C7525C" w:rsidRDefault="00D86841" w:rsidP="4EC75357">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF1823" w:rsidP="4EC75357" w:rsidRDefault="00D86841" w14:paraId="44918DFD" w14:textId="067A1D79">
+    <w:p w14:paraId="44918DFD" w14:textId="067A1D79" w:rsidR="00AF1823" w:rsidRDefault="00D86841" w:rsidP="4EC75357">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00D86841">
+      <w:r w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00041017">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00526C9F">
+      <w:r w:rsidR="00526C9F" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Je confirme par la présente que </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00FC34FD">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00526C9F">
+      <w:r w:rsidR="00FC34FD" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>les accréditations</w:t>
+      </w:r>
+      <w:r w:rsidR="00526C9F" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> temporaires ne seront pas utilisé</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="005240D9">
+      <w:r w:rsidR="005240D9" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00526C9F">
+      <w:r w:rsidR="00526C9F" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">s pour participer à une réunion pour laquelle une page d’inscription existe sur la plateforme d’enregistrement aux réunions de l’ONUG </w:t>
       </w:r>
-      <w:hyperlink r:id="R12fbf8a045db42c1">
-        <w:r w:rsidRPr="4EC75357" w:rsidR="00526C9F">
+      <w:hyperlink r:id="rId12">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00526C9F" w:rsidRPr="003D66D2">
           <w:rPr>
-            <w:b w:val="1"/>
-[...1 lines deleted...]
-            <w:color w:val="0000FF"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="006FC0"/>
             <w:u w:val="single"/>
             <w:lang w:val="fr-CH"/>
           </w:rPr>
           <w:t>Indico</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00AF1823">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00526C9F">
+      <w:r w:rsidR="00AF1823" w:rsidRPr="003D66D2">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1823" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>et je prends note que t</w:t>
+      </w:r>
+      <w:r w:rsidR="00526C9F" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">oute demande d’inscription à une réunion sera traitée par le secrétariat de la réunion en question </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="000D1EA0">
+      <w:r w:rsidR="000D1EA0" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>via</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00526C9F">
+      <w:r w:rsidR="00526C9F" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="Rde2c49db276a4da9">
-        <w:r w:rsidRPr="4EC75357" w:rsidR="00526C9F">
+      <w:hyperlink r:id="rId13">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00526C9F" w:rsidRPr="003D66D2">
           <w:rPr>
-            <w:b w:val="1"/>
-[...1 lines deleted...]
-            <w:color w:val="0000FF"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="006FC0"/>
             <w:u w:val="single"/>
             <w:lang w:val="fr-CH"/>
           </w:rPr>
           <w:t>Indico</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00526C9F">
+      <w:r w:rsidR="00526C9F" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C7525C" w:rsidP="4EC75357" w:rsidRDefault="00C7525C" w14:paraId="23E422FF" w14:textId="77777777">
+    <w:p w14:paraId="23E422FF" w14:textId="77777777" w:rsidR="00C7525C" w:rsidRDefault="00C7525C" w:rsidP="4EC75357">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00A2166E" w:rsidR="00C7525C" w:rsidP="4EC75357" w:rsidRDefault="00C7525C" w14:paraId="04F7D90A" w14:textId="779011A7">
+    <w:p w14:paraId="04F7D90A" w14:textId="64985FEE" w:rsidR="00C7525C" w:rsidRPr="00A2166E" w:rsidRDefault="00C7525C" w:rsidP="4EC75357">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00C7525C">
+      <w:r w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00041017">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00A2166E">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00F07061">
+      <w:r w:rsidR="00A2166E" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Je comprends que </w:t>
+      </w:r>
+      <w:r w:rsidR="00F07061" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">toute </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00A2166E">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00F07061">
+      <w:r w:rsidR="00A2166E" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>personne en possession d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F07061" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>’un</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00A2166E">
+      <w:r w:rsidR="00A2166E" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> badge d’accès à l’ONUG </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00F07061">
+      <w:r w:rsidR="00F07061" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00825B0E">
+      <w:r w:rsidR="00825B0E" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> soumise</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00A2166E">
+      <w:r w:rsidR="00A2166E" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00825B0E">
+      <w:r w:rsidR="00825B0E" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>aux règles et règlements des Nations Unies</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00A2166E">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00F07061">
+      <w:r w:rsidR="00A2166E" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et devr</w:t>
+      </w:r>
+      <w:r w:rsidR="00F07061" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00A2166E">
+      <w:r w:rsidR="00A2166E" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">se conformer aux </w:t>
       </w:r>
-      <w:hyperlink r:id="Rbb24809bc5944fc6">
-[...55 lines deleted...]
-      <w:r w:rsidRPr="4EC75357" w:rsidR="007A6AB3">
+      <w:r w:rsidR="000A78B4">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="009F6789" w:rsidRPr="009F6789">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">HYPERLINK "https://www.ungeneva.org/sites/default/files/2025-12/General-guidelines-for-representatives-of-NGOs-Nov2025.pdf" \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="000A78B4">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="000A78B4" w:rsidRPr="003D01A3">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="006FC0"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lignes directrices générales </w:t>
+      </w:r>
+      <w:r w:rsidR="00E407DC" w:rsidRPr="003D01A3">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="006FC0"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>pour les représentants d'ONG</w:t>
+      </w:r>
+      <w:r w:rsidR="000A78B4">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00E407DC" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accrédités auprès de l'Office des Nations Unies à Genève </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2166E" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et instructions du Service de la </w:t>
+      </w:r>
+      <w:r w:rsidR="007A6AB3" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>sécurité</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00A2166E">
+      <w:r w:rsidR="00A2166E" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> et de la </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="007A6AB3">
+      <w:r w:rsidR="007A6AB3" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>sûreté</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00A2166E">
-[...12 lines deleted...]
-    <w:p w:rsidR="00B447BE" w:rsidP="4EC75357" w:rsidRDefault="00B447BE" w14:paraId="32332FF4" w14:textId="77777777">
+      <w:r w:rsidR="00A2166E" w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de l’ONUG.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32332FF4" w14:textId="77777777" w:rsidR="00B447BE" w:rsidRDefault="00B447BE" w:rsidP="4EC75357">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00A2166E" w:rsidR="00B447BE" w:rsidP="4EC75357" w:rsidRDefault="00B447BE" w14:paraId="4C3263B4" w14:textId="75F37573">
+    <w:p w14:paraId="4C3263B4" w14:textId="75F37573" w:rsidR="00B447BE" w:rsidRPr="00A2166E" w:rsidRDefault="00B447BE" w:rsidP="4EC75357">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00B447BE">
+      <w:r w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00041017">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00B447BE">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00143530">
+      <w:r w:rsidRPr="4EC75357">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Je </w:t>
+      </w:r>
+      <w:r w:rsidR="00143530" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">confirme </w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="0021422B">
+      <w:r w:rsidR="0021422B" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>avoir</w:t>
       </w:r>
-      <w:r w:rsidRPr="4EC75357" w:rsidR="00143530">
+      <w:r w:rsidR="00143530" w:rsidRPr="4EC75357">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> lu et compris les informations complémentaires indiquées ci-dessous. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A2166E" w:rsidR="00AF1823" w:rsidP="4EC75357" w:rsidRDefault="00AF1823" w14:paraId="02C230E0" w14:textId="77777777">
+    <w:p w14:paraId="02C230E0" w14:textId="77777777" w:rsidR="00AF1823" w:rsidRPr="00A2166E" w:rsidRDefault="00AF1823" w:rsidP="4EC75357">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00863314" w:rsidR="00614253" w:rsidP="00AD419C" w:rsidRDefault="00974200" w14:paraId="491079A3" w14:textId="77777777">
+    <w:p w14:paraId="491079A3" w14:textId="77777777" w:rsidR="00614253" w:rsidRPr="00863314" w:rsidRDefault="00974200" w:rsidP="00AD419C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Avec nos remerciements</w:t>
       </w:r>
-      <w:r w:rsidRPr="00863314" w:rsidR="00863314">
+      <w:r w:rsidR="00863314" w:rsidRPr="00863314">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB5402" w:rsidP="00FB5402" w:rsidRDefault="00A2166E" w14:paraId="0E910E1A" w14:textId="35550971">
+    <w:p w14:paraId="0E910E1A" w14:textId="35550971" w:rsidR="00FB5402" w:rsidRDefault="00A2166E" w:rsidP="00FB5402">
       <w:pPr>
         <w:ind w:left="5760" w:firstLine="720"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A6AB3">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B80D2B">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00974200">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Salutation</w:t>
       </w:r>
       <w:r w:rsidR="00FB5402">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>s,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001D2187" w:rsidR="00FB5402" w:rsidP="00FB5402" w:rsidRDefault="00B80D2B" w14:paraId="20EC003A" w14:textId="1A58116A">
+    <w:p w14:paraId="20EC003A" w14:textId="30C8AEA2" w:rsidR="00FB5402" w:rsidRPr="001D2187" w:rsidRDefault="00B80D2B" w:rsidP="00FB5402">
       <w:pPr>
         <w:ind w:left="5760" w:firstLine="720"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="001D2187" w:rsidR="006B24B7">
+      <w:r w:rsidR="003070E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="006B24B7" w:rsidRPr="001D2187">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>NOM, TITRE</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D2187" w:rsidR="0001611C">
+      <w:r w:rsidR="003070E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="0001611C" w:rsidRPr="001D2187">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004545C5" w:rsidR="00614253" w:rsidP="00FE4967" w:rsidRDefault="0001611C" w14:paraId="37A41229" w14:textId="547C976C">
+    <w:p w14:paraId="37A41229" w14:textId="0642667B" w:rsidR="00614253" w:rsidRPr="004545C5" w:rsidRDefault="003070E1" w:rsidP="00FE4967">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D2187">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="0001611C" w:rsidRPr="001D2187">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>SIGNATURE</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D2187" w:rsidR="0083444B">
+      <w:r w:rsidR="0083444B" w:rsidRPr="001D2187">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004545C5" w:rsidR="001D2187">
+      <w:r w:rsidR="001D2187" w:rsidRPr="004545C5">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>(telle qu’elle apparait sur le passeport)</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="00701568" w:rsidR="00583D5A" w:rsidP="35862907" w:rsidRDefault="00701568" w14:paraId="2A32DAE8" w14:textId="6D26AAB5">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A32DAE8" w14:textId="6D26AAB5" w:rsidR="00583D5A" w:rsidRPr="00701568" w:rsidRDefault="00701568" w:rsidP="35862907">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="35862907">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00583D5A" w:rsidRPr="35862907">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Annexe : informations complémentaires importantes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00701568" w:rsidR="00583D5A" w:rsidP="35862907" w:rsidRDefault="00583D5A" w14:paraId="7C04CCAC" w14:textId="77777777">
+    <w:p w14:paraId="7C04CCAC" w14:textId="77777777" w:rsidR="00583D5A" w:rsidRPr="00701568" w:rsidRDefault="00583D5A" w:rsidP="35862907">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00646531" w:rsidR="00583D5A" w:rsidP="35862907" w:rsidRDefault="00583D5A" w14:paraId="5F2CCCE2" w14:textId="77777777">
+    <w:p w14:paraId="5F2CCCE2" w14:textId="77777777" w:rsidR="00583D5A" w:rsidRPr="00646531" w:rsidRDefault="00583D5A" w:rsidP="35862907">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>La lettre doit contenir les éléments obligatoires suivants :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00646531" w:rsidR="00583D5A" w:rsidP="35862907" w:rsidRDefault="00583D5A" w14:paraId="54BCD13E" w14:textId="77777777">
+    <w:p w14:paraId="54BCD13E" w14:textId="77777777" w:rsidR="00583D5A" w:rsidRPr="00646531" w:rsidRDefault="00583D5A" w:rsidP="35862907">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00646531" w:rsidR="00583D5A" w:rsidP="35862907" w:rsidRDefault="008035D2" w14:paraId="6AB41AE0" w14:textId="3D726D12">
+    <w:p w14:paraId="6AB41AE0" w14:textId="3D726D12" w:rsidR="00583D5A" w:rsidRPr="00646531" w:rsidRDefault="008035D2" w:rsidP="35862907">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="35862907" w:rsidR="008035D2">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Papier à e</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidR="00583D5A" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>n-tête officiel de l'</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="008035D2">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>organisation</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidR="00583D5A" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00646531" w:rsidR="00583D5A" w:rsidP="35862907" w:rsidRDefault="00583D5A" w14:paraId="1A77FE09" w14:textId="02FF3DAF">
+    <w:p w14:paraId="1A77FE09" w14:textId="02FF3DAF" w:rsidR="00583D5A" w:rsidRPr="00646531" w:rsidRDefault="00583D5A" w:rsidP="35862907">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Pour les accréditations annuelles : signature du </w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00001D72">
+      <w:r w:rsidR="00001D72" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>résident/</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00001D72">
+      <w:r w:rsidR="00001D72" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">irecteur général ou du </w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00001D72">
+      <w:r w:rsidR="00001D72" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">irecteur </w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="005111D3">
+      <w:r w:rsidR="005111D3" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>administratif</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">, dont les </w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="009B0FCC">
+      <w:r w:rsidR="009B0FCC" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>informations</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> ont été préenregistrées en ligne. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00646531" w:rsidR="00583D5A" w:rsidP="35862907" w:rsidRDefault="00583D5A" w14:paraId="08596003" w14:textId="22344A2D">
+    <w:p w14:paraId="08596003" w14:textId="22344A2D" w:rsidR="00583D5A" w:rsidRDefault="00583D5A" w:rsidP="35862907">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Pour les accréditations temporaires : signature du </w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00001D72">
+      <w:r w:rsidR="00001D72" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>résident/</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00001D72">
+      <w:r w:rsidR="00001D72" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>irecteur général ou du D</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="0044184C">
+      <w:r w:rsidR="0044184C" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>irecteur administratif</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="0044184C">
+      <w:r w:rsidR="0044184C" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">ou </w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">du </w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00001D72">
+      <w:r w:rsidR="00001D72" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésentant principal ayant des droits d'accréditation, dont les </w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="009C602E">
+      <w:r w:rsidR="009C602E" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>informations</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> ont été préenregistrées en ligne. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00646531" w:rsidR="00583D5A" w:rsidP="35862907" w:rsidRDefault="00583D5A" w14:paraId="67C5042A" w14:textId="554DE3B0">
+    <w:p w14:paraId="2EA79225" w14:textId="1418B060" w:rsidR="000D59ED" w:rsidRPr="000D59ED" w:rsidRDefault="000D59ED" w:rsidP="00604C7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D59ED">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>La signature apposée sur la lettre doit correspondre à la signature figurant dans le passeport</w:t>
+      </w:r>
+      <w:r w:rsidR="00A16C2D">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C5042A" w14:textId="554DE3B0" w:rsidR="00583D5A" w:rsidRPr="00646531" w:rsidRDefault="00583D5A" w:rsidP="35862907">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Noms des représentants de l'ONG, tels </w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00735988">
+      <w:r w:rsidR="00735988" w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>qu’</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">enregistrés dans la base de données </w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>iCSO</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> et tels qu'ils figurent sur le passeport.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00646531" w:rsidR="00583D5A" w:rsidP="35862907" w:rsidRDefault="00583D5A" w14:paraId="0C3DBE7D" w14:textId="4F1DDB0A">
+    <w:p w14:paraId="0C3DBE7D" w14:textId="03C7EFC0" w:rsidR="00583D5A" w:rsidRPr="00646531" w:rsidRDefault="00583D5A" w:rsidP="35862907">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3CA94586" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="7505BBBB">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Les signatures sur les lettres de </w:t>
       </w:r>
-      <w:r w:rsidRPr="3CA94586" w:rsidR="5AAEDBF4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="3CA94586" w:rsidR="00583D5A">
+      <w:r w:rsidR="5AAEDBF4" w:rsidRPr="7505BBBB">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>nominatio</w:t>
+      </w:r>
+      <w:r w:rsidR="6866701B" w:rsidRPr="7505BBBB">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7505BBBB">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doivent être authentiques. En cas</w:t>
+      </w:r>
+      <w:r w:rsidR="00280C3C" w:rsidRPr="7505BBBB">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="3CA94586" w:rsidR="00583D5A">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="3CA94586" w:rsidR="00583D5A">
+      <w:r w:rsidR="00BD1A3E" w:rsidRPr="7505BBBB">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>d’incohérences</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7505BBBB">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>, l'accréditation p</w:t>
       </w:r>
-      <w:r w:rsidRPr="3CA94586" w:rsidR="00F4773B">
+      <w:r w:rsidR="00F4773B" w:rsidRPr="7505BBBB">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>ourra</w:t>
       </w:r>
-      <w:r w:rsidRPr="3CA94586" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="7505BBBB">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> être refusée.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00646531" w:rsidR="00583D5A" w:rsidP="35862907" w:rsidRDefault="00583D5A" w14:paraId="37C18539" w14:textId="3B9CF21E">
+    <w:p w14:paraId="37C18539" w14:textId="3B9CF21E" w:rsidR="00583D5A" w:rsidRPr="00646531" w:rsidRDefault="00583D5A" w:rsidP="35862907">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Types de représentants, tels que sélectionnés dans la base de données </w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>iCSO</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00646531" w:rsidR="00583D5A" w:rsidP="35862907" w:rsidRDefault="00583D5A" w14:paraId="16209DF2" w14:textId="4ABD80F7">
+    <w:p w14:paraId="16209DF2" w14:textId="4ABD80F7" w:rsidR="00583D5A" w:rsidRPr="00646531" w:rsidRDefault="00583D5A" w:rsidP="35862907">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Les dates demandées pour les accréditations temporaires, telles que sélectionnées dans la base de données de l'</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>iCSO</w:t>
       </w:r>
-      <w:r w:rsidRPr="35862907" w:rsidR="00583D5A">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="35862907">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00646531" w:rsidR="00583D5A" w:rsidP="35862907" w:rsidRDefault="00583D5A" w14:paraId="7C581644" w14:textId="77777777">
+    <w:p w14:paraId="7C581644" w14:textId="77777777" w:rsidR="00583D5A" w:rsidRPr="00646531" w:rsidRDefault="00583D5A" w:rsidP="35862907">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C1496A" w:rsidR="00614253" w:rsidP="35862907" w:rsidRDefault="00583D5A" w14:paraId="5E9A2403" w14:textId="5A5B283C">
+    <w:p w14:paraId="5E9A2403" w14:textId="5A5B283C" w:rsidR="00614253" w:rsidRPr="00C1496A" w:rsidRDefault="00583D5A" w:rsidP="35862907">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...7 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="35862907">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Les demandes d'accréditation ne seront pas traitées si l'un de ces éléments est manquant.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00C1496A" w:rsidR="00614253" w:rsidSect="000857E2">
-[...2 lines deleted...]
-      <w:pgSz w:w="11907" w:h="16840" w:orient="portrait" w:code="9"/>
+    <w:sectPr w:rsidR="00614253" w:rsidRPr="00C1496A" w:rsidSect="000857E2">
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1021" w:right="1021" w:bottom="1021" w:left="1021" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000F4784" w:rsidRDefault="000F4784" w14:paraId="33E721A8" w14:textId="77777777">
+    <w:p w14:paraId="0B65BC26" w14:textId="77777777" w:rsidR="00457D0E" w:rsidRDefault="00457D0E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000F4784" w:rsidRDefault="000F4784" w14:paraId="20B5484E" w14:textId="77777777">
+    <w:p w14:paraId="7E4E6A60" w14:textId="77777777" w:rsidR="00457D0E" w:rsidRDefault="00457D0E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="000F4784" w:rsidRDefault="000F4784" w14:paraId="514B18CC" w14:textId="77777777"/>
+    <w:p w14:paraId="2C202FA6" w14:textId="77777777" w:rsidR="00457D0E" w:rsidRDefault="00457D0E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2550,1066 +2582,1144 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000F4784" w:rsidRDefault="000F4784" w14:paraId="51013757" w14:textId="77777777">
+    <w:p w14:paraId="4AF6ADFC" w14:textId="77777777" w:rsidR="00457D0E" w:rsidRDefault="00457D0E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000F4784" w:rsidRDefault="000F4784" w14:paraId="56C32AAF" w14:textId="77777777">
+    <w:p w14:paraId="0F24A3C2" w14:textId="77777777" w:rsidR="00457D0E" w:rsidRDefault="00457D0E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="000F4784" w:rsidRDefault="000F4784" w14:paraId="52BFF9C3" w14:textId="77777777"/>
+    <w:p w14:paraId="38D0F8A9" w14:textId="77777777" w:rsidR="00457D0E" w:rsidRDefault="00457D0E"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00541E30" w:rsidRDefault="000F4784" w14:paraId="1F105D06" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1F105D06" w14:textId="77777777" w:rsidR="00541E30" w:rsidRDefault="009F6789">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="59259C36">
+      <w:pict w14:anchorId="4DBAF22B">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject2" style="position:absolute;margin-left:0;margin-top:0;width:499.65pt;height:199.85pt;rotation:315;z-index:-251658239;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:spid="_x0000_s1026" o:allowincell="f" fillcolor="black" stroked="f" type="#_x0000_t136">
+        <v:shape id="PowerPlusWaterMarkObject2" o:spid="_x0000_s1026" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:499.65pt;height:199.85pt;rotation:315;z-index:-251658239;mso-wrap-edited:f;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="black" stroked="f">
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00541E30" w:rsidRDefault="000F4784" w14:paraId="543F5FCC" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="543F5FCC" w14:textId="77777777" w:rsidR="00541E30" w:rsidRDefault="009F6789">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="12E6A95F">
+      <w:pict w14:anchorId="7D75B141">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject1" style="position:absolute;margin-left:0;margin-top:0;width:499.65pt;height:199.85pt;rotation:315;z-index:-251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:spid="_x0000_s1025" o:allowincell="f" fillcolor="black" stroked="f" type="#_x0000_t136">
+        <v:shape id="PowerPlusWaterMarkObject1" o:spid="_x0000_s1025" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:499.65pt;height:199.85pt;rotation:315;z-index:-251658240;mso-wrap-edited:f;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="black" stroked="f">
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="489300F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="826E344C"/>
     <w:lvl w:ilvl="0" w:tplc="100C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49C972EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56FA0A6E"/>
     <w:lvl w:ilvl="0" w:tplc="C22A4144">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59891FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8BA489F2"/>
     <w:lvl w:ilvl="0" w:tplc="100C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BEE2111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FDCD408"/>
     <w:lvl w:ilvl="0" w:tplc="A224D712">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="SimSun" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1880821487">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="824592206">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="510990681">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2061898831">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00614253"/>
     <w:rsid w:val="00001D72"/>
     <w:rsid w:val="0001052F"/>
     <w:rsid w:val="000106A1"/>
     <w:rsid w:val="0001611C"/>
+    <w:rsid w:val="00023081"/>
     <w:rsid w:val="00032B06"/>
+    <w:rsid w:val="00041017"/>
     <w:rsid w:val="00067977"/>
     <w:rsid w:val="00070051"/>
     <w:rsid w:val="000857E2"/>
     <w:rsid w:val="000A78B4"/>
     <w:rsid w:val="000D1EA0"/>
     <w:rsid w:val="000D2426"/>
+    <w:rsid w:val="000D59ED"/>
     <w:rsid w:val="000D6B45"/>
     <w:rsid w:val="000E7E46"/>
+    <w:rsid w:val="000E7EF8"/>
     <w:rsid w:val="000F4784"/>
     <w:rsid w:val="000F6359"/>
     <w:rsid w:val="00111ADE"/>
+    <w:rsid w:val="001373BA"/>
     <w:rsid w:val="00143530"/>
     <w:rsid w:val="00184CCF"/>
+    <w:rsid w:val="00192CF8"/>
     <w:rsid w:val="001931A9"/>
+    <w:rsid w:val="001A411E"/>
+    <w:rsid w:val="001B71EE"/>
+    <w:rsid w:val="001C12AB"/>
+    <w:rsid w:val="001C6AA9"/>
     <w:rsid w:val="001D2187"/>
     <w:rsid w:val="001D4147"/>
     <w:rsid w:val="001E4266"/>
     <w:rsid w:val="0021422B"/>
     <w:rsid w:val="00240ACE"/>
     <w:rsid w:val="002470FE"/>
     <w:rsid w:val="002561C9"/>
     <w:rsid w:val="0026088F"/>
+    <w:rsid w:val="00270FE9"/>
     <w:rsid w:val="0027504E"/>
     <w:rsid w:val="00280C3C"/>
+    <w:rsid w:val="0028537F"/>
     <w:rsid w:val="002C0C6C"/>
     <w:rsid w:val="002E618E"/>
     <w:rsid w:val="002E7E05"/>
     <w:rsid w:val="002F4632"/>
     <w:rsid w:val="00306806"/>
+    <w:rsid w:val="003070E1"/>
     <w:rsid w:val="003104E1"/>
     <w:rsid w:val="0031227A"/>
     <w:rsid w:val="00315080"/>
     <w:rsid w:val="00323AB6"/>
     <w:rsid w:val="00343573"/>
     <w:rsid w:val="00347DBA"/>
     <w:rsid w:val="0035178B"/>
     <w:rsid w:val="00355E73"/>
     <w:rsid w:val="00357940"/>
+    <w:rsid w:val="00364E12"/>
     <w:rsid w:val="0037174D"/>
+    <w:rsid w:val="0038247A"/>
     <w:rsid w:val="003971A4"/>
     <w:rsid w:val="003B38DD"/>
+    <w:rsid w:val="003D01A3"/>
+    <w:rsid w:val="003D66D2"/>
     <w:rsid w:val="003D7642"/>
     <w:rsid w:val="003E01D1"/>
     <w:rsid w:val="003E73CF"/>
+    <w:rsid w:val="003F6236"/>
+    <w:rsid w:val="00416EBF"/>
     <w:rsid w:val="0044184C"/>
     <w:rsid w:val="00446854"/>
     <w:rsid w:val="0045235E"/>
     <w:rsid w:val="004545C5"/>
+    <w:rsid w:val="00457D0E"/>
     <w:rsid w:val="00486D62"/>
     <w:rsid w:val="004C5BAE"/>
     <w:rsid w:val="0050406F"/>
     <w:rsid w:val="00504552"/>
     <w:rsid w:val="005111D3"/>
     <w:rsid w:val="005240D9"/>
     <w:rsid w:val="00526C9F"/>
     <w:rsid w:val="00541E30"/>
     <w:rsid w:val="00547B72"/>
+    <w:rsid w:val="0055518C"/>
     <w:rsid w:val="005563DA"/>
     <w:rsid w:val="005604A5"/>
     <w:rsid w:val="00560F48"/>
     <w:rsid w:val="0057509E"/>
     <w:rsid w:val="00582EF6"/>
+    <w:rsid w:val="0058329B"/>
     <w:rsid w:val="00583D5A"/>
     <w:rsid w:val="0058789F"/>
     <w:rsid w:val="005912D1"/>
     <w:rsid w:val="0059195E"/>
     <w:rsid w:val="00595D89"/>
     <w:rsid w:val="005A13AC"/>
     <w:rsid w:val="005A2436"/>
     <w:rsid w:val="005A3581"/>
     <w:rsid w:val="005A5111"/>
+    <w:rsid w:val="005A6A6E"/>
     <w:rsid w:val="005A6BCA"/>
     <w:rsid w:val="005D16C1"/>
+    <w:rsid w:val="005E717E"/>
     <w:rsid w:val="005F218A"/>
+    <w:rsid w:val="00604C7E"/>
+    <w:rsid w:val="00604CAD"/>
     <w:rsid w:val="00614253"/>
     <w:rsid w:val="00621973"/>
     <w:rsid w:val="00646531"/>
     <w:rsid w:val="006473D2"/>
     <w:rsid w:val="006805C5"/>
     <w:rsid w:val="00680D97"/>
     <w:rsid w:val="006951AD"/>
+    <w:rsid w:val="006A470B"/>
     <w:rsid w:val="006B24B7"/>
     <w:rsid w:val="006B5014"/>
     <w:rsid w:val="006C7E1B"/>
     <w:rsid w:val="006D0DEE"/>
     <w:rsid w:val="006D1CB1"/>
+    <w:rsid w:val="006E774E"/>
     <w:rsid w:val="006F3E9D"/>
     <w:rsid w:val="006F7302"/>
     <w:rsid w:val="00701568"/>
     <w:rsid w:val="0070361C"/>
     <w:rsid w:val="00707FB5"/>
     <w:rsid w:val="007166A9"/>
     <w:rsid w:val="0072509C"/>
     <w:rsid w:val="00735988"/>
     <w:rsid w:val="0073653D"/>
     <w:rsid w:val="00754848"/>
     <w:rsid w:val="007669A4"/>
+    <w:rsid w:val="007957E3"/>
     <w:rsid w:val="007A6AB3"/>
     <w:rsid w:val="007C55B3"/>
     <w:rsid w:val="007D6605"/>
     <w:rsid w:val="007F0910"/>
+    <w:rsid w:val="007F71B4"/>
     <w:rsid w:val="008030B0"/>
     <w:rsid w:val="008035D2"/>
+    <w:rsid w:val="0082270A"/>
     <w:rsid w:val="00825B0E"/>
     <w:rsid w:val="0083444B"/>
+    <w:rsid w:val="00840508"/>
     <w:rsid w:val="0084306E"/>
     <w:rsid w:val="00845DBA"/>
     <w:rsid w:val="00851631"/>
     <w:rsid w:val="0085520F"/>
+    <w:rsid w:val="0086097A"/>
     <w:rsid w:val="00863314"/>
     <w:rsid w:val="008656FA"/>
     <w:rsid w:val="00871D88"/>
     <w:rsid w:val="0087450F"/>
+    <w:rsid w:val="00884F65"/>
     <w:rsid w:val="00886C63"/>
     <w:rsid w:val="0089090E"/>
     <w:rsid w:val="00895053"/>
     <w:rsid w:val="008C1761"/>
     <w:rsid w:val="008C31C2"/>
+    <w:rsid w:val="008D2DE9"/>
     <w:rsid w:val="008E42B8"/>
     <w:rsid w:val="008F4757"/>
     <w:rsid w:val="008F481A"/>
+    <w:rsid w:val="008F7801"/>
     <w:rsid w:val="0091007B"/>
+    <w:rsid w:val="0091013D"/>
     <w:rsid w:val="00910CC7"/>
     <w:rsid w:val="009269F5"/>
     <w:rsid w:val="00933A76"/>
     <w:rsid w:val="0094501A"/>
     <w:rsid w:val="009469C6"/>
     <w:rsid w:val="00962964"/>
     <w:rsid w:val="00966FA4"/>
     <w:rsid w:val="00973DCA"/>
     <w:rsid w:val="00974200"/>
+    <w:rsid w:val="009753E5"/>
     <w:rsid w:val="00976C7C"/>
+    <w:rsid w:val="009A295A"/>
     <w:rsid w:val="009A4E42"/>
     <w:rsid w:val="009B0FCC"/>
     <w:rsid w:val="009C602E"/>
     <w:rsid w:val="009D0866"/>
     <w:rsid w:val="009D6824"/>
+    <w:rsid w:val="009F6789"/>
     <w:rsid w:val="009F7EE4"/>
     <w:rsid w:val="00A0036B"/>
     <w:rsid w:val="00A06E4D"/>
+    <w:rsid w:val="00A16C2D"/>
     <w:rsid w:val="00A2166E"/>
     <w:rsid w:val="00A277AE"/>
     <w:rsid w:val="00A278FA"/>
     <w:rsid w:val="00A4047E"/>
     <w:rsid w:val="00A52537"/>
     <w:rsid w:val="00A52CFD"/>
     <w:rsid w:val="00A555A9"/>
     <w:rsid w:val="00A6148C"/>
+    <w:rsid w:val="00A80086"/>
     <w:rsid w:val="00A822D1"/>
+    <w:rsid w:val="00AC6A1B"/>
     <w:rsid w:val="00AD1AB6"/>
     <w:rsid w:val="00AD419C"/>
     <w:rsid w:val="00AE20C7"/>
     <w:rsid w:val="00AF1823"/>
     <w:rsid w:val="00B02CD7"/>
     <w:rsid w:val="00B073EF"/>
     <w:rsid w:val="00B11502"/>
     <w:rsid w:val="00B1325E"/>
     <w:rsid w:val="00B316A3"/>
+    <w:rsid w:val="00B41287"/>
     <w:rsid w:val="00B447BE"/>
     <w:rsid w:val="00B6280C"/>
     <w:rsid w:val="00B77215"/>
     <w:rsid w:val="00B80D2B"/>
     <w:rsid w:val="00B81A97"/>
     <w:rsid w:val="00B87831"/>
     <w:rsid w:val="00BA2E64"/>
     <w:rsid w:val="00BB0945"/>
     <w:rsid w:val="00BC5B94"/>
     <w:rsid w:val="00BD1A3E"/>
     <w:rsid w:val="00BD6719"/>
     <w:rsid w:val="00C1496A"/>
     <w:rsid w:val="00C2184B"/>
     <w:rsid w:val="00C31A50"/>
+    <w:rsid w:val="00C50032"/>
     <w:rsid w:val="00C52F9C"/>
+    <w:rsid w:val="00C61DBC"/>
     <w:rsid w:val="00C6365F"/>
     <w:rsid w:val="00C7525C"/>
     <w:rsid w:val="00C926AB"/>
+    <w:rsid w:val="00CA4746"/>
     <w:rsid w:val="00CD4C56"/>
     <w:rsid w:val="00CD4E33"/>
     <w:rsid w:val="00CE1268"/>
     <w:rsid w:val="00CF6BFC"/>
+    <w:rsid w:val="00CF7371"/>
     <w:rsid w:val="00CF7AC2"/>
     <w:rsid w:val="00D068F2"/>
     <w:rsid w:val="00D30D09"/>
+    <w:rsid w:val="00D41FCF"/>
+    <w:rsid w:val="00D4276A"/>
+    <w:rsid w:val="00D539DD"/>
     <w:rsid w:val="00D60532"/>
     <w:rsid w:val="00D66F7A"/>
     <w:rsid w:val="00D838A2"/>
     <w:rsid w:val="00D86841"/>
     <w:rsid w:val="00DA34AF"/>
     <w:rsid w:val="00DC3E08"/>
     <w:rsid w:val="00DD36D7"/>
     <w:rsid w:val="00DF2011"/>
     <w:rsid w:val="00DF4E3C"/>
     <w:rsid w:val="00E167A6"/>
     <w:rsid w:val="00E21B5F"/>
     <w:rsid w:val="00E407DC"/>
     <w:rsid w:val="00E43879"/>
+    <w:rsid w:val="00E505E0"/>
     <w:rsid w:val="00E54251"/>
+    <w:rsid w:val="00E621EB"/>
     <w:rsid w:val="00E7103A"/>
     <w:rsid w:val="00E74E79"/>
     <w:rsid w:val="00E819CF"/>
     <w:rsid w:val="00E919A7"/>
     <w:rsid w:val="00EA2F84"/>
+    <w:rsid w:val="00EB4185"/>
     <w:rsid w:val="00F02A19"/>
     <w:rsid w:val="00F02BC4"/>
+    <w:rsid w:val="00F0666C"/>
     <w:rsid w:val="00F07061"/>
     <w:rsid w:val="00F11277"/>
     <w:rsid w:val="00F11843"/>
     <w:rsid w:val="00F144C7"/>
     <w:rsid w:val="00F167BD"/>
     <w:rsid w:val="00F21C0C"/>
     <w:rsid w:val="00F4773B"/>
     <w:rsid w:val="00F53FA4"/>
+    <w:rsid w:val="00F56EEA"/>
     <w:rsid w:val="00F618CC"/>
+    <w:rsid w:val="00F67EF7"/>
+    <w:rsid w:val="00F80DFE"/>
+    <w:rsid w:val="00F837B3"/>
     <w:rsid w:val="00F83C69"/>
     <w:rsid w:val="00F83D86"/>
     <w:rsid w:val="00F84C09"/>
     <w:rsid w:val="00F86115"/>
     <w:rsid w:val="00FB483C"/>
     <w:rsid w:val="00FB5402"/>
     <w:rsid w:val="00FC34FD"/>
     <w:rsid w:val="00FC4C9F"/>
     <w:rsid w:val="00FE243E"/>
     <w:rsid w:val="00FE4967"/>
     <w:rsid w:val="04300B80"/>
     <w:rsid w:val="067A7627"/>
+    <w:rsid w:val="07537748"/>
     <w:rsid w:val="07576B79"/>
     <w:rsid w:val="09654BCA"/>
     <w:rsid w:val="0B7B7538"/>
     <w:rsid w:val="0D62E557"/>
     <w:rsid w:val="0D7E7415"/>
+    <w:rsid w:val="109DF6B2"/>
+    <w:rsid w:val="131708EF"/>
     <w:rsid w:val="15C2BDA3"/>
+    <w:rsid w:val="17F39D9A"/>
+    <w:rsid w:val="1E542552"/>
     <w:rsid w:val="1FB9E18E"/>
+    <w:rsid w:val="229119FE"/>
     <w:rsid w:val="2391D8D7"/>
     <w:rsid w:val="2416749E"/>
+    <w:rsid w:val="249FDFA1"/>
+    <w:rsid w:val="27B576C2"/>
     <w:rsid w:val="2D587983"/>
     <w:rsid w:val="2E0698E0"/>
+    <w:rsid w:val="3073A9CA"/>
+    <w:rsid w:val="31A09820"/>
+    <w:rsid w:val="332CB008"/>
     <w:rsid w:val="35862907"/>
+    <w:rsid w:val="35E0EEAE"/>
     <w:rsid w:val="3973587C"/>
     <w:rsid w:val="3CA94586"/>
     <w:rsid w:val="3ECAEFDD"/>
+    <w:rsid w:val="40E1CCEC"/>
     <w:rsid w:val="454E1B1C"/>
+    <w:rsid w:val="45E3DCE3"/>
     <w:rsid w:val="47BAF66D"/>
     <w:rsid w:val="4AFD04FE"/>
     <w:rsid w:val="4EC75357"/>
     <w:rsid w:val="525C073E"/>
     <w:rsid w:val="55BC9FC8"/>
+    <w:rsid w:val="57D97675"/>
     <w:rsid w:val="5AAEDBF4"/>
+    <w:rsid w:val="5AEBCC2A"/>
     <w:rsid w:val="5C813C75"/>
     <w:rsid w:val="5F17D4BD"/>
     <w:rsid w:val="638E946F"/>
+    <w:rsid w:val="63F8743A"/>
     <w:rsid w:val="6612D4BE"/>
     <w:rsid w:val="665B7D3D"/>
     <w:rsid w:val="676A3D42"/>
+    <w:rsid w:val="6866701B"/>
     <w:rsid w:val="6D52E43C"/>
+    <w:rsid w:val="6DEA7C77"/>
+    <w:rsid w:val="7166B728"/>
+    <w:rsid w:val="72E787DD"/>
+    <w:rsid w:val="73F2FDDB"/>
+    <w:rsid w:val="7505BBBB"/>
     <w:rsid w:val="75EA6EC3"/>
     <w:rsid w:val="782ECF75"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="302C535B"/>
-  <w15:docId w15:val="{16719AF5-F185-4AD7-BC4D-3711491E2306}"/>
+  <w15:docId w15:val="{E5BE5CBF-C5A9-40F2-811B-3367AD59AB63}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3745,52 +3855,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -3857,208 +3967,274 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00614253"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00614253"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:rsid w:val="00614253"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:rsid w:val="00614253"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00863314"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00486D62"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00486D62"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0084306E"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B80D2B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0037174D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D01A3"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D01A3"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003D01A3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D01A3"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D01A3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="Rd2deaf807cd34b17" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="R14c1d69515af4952" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="R529497a67c764d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esango.un.org" TargetMode="External" Id="R765bc4a9a7944cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reg.unog.ch/" TargetMode="External" Id="R12fbf8a045db42c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reg.unog.ch/" TargetMode="External" Id="Rde2c49db276a4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ungeneva.org/sites/default/files/2022-12/Lignes-directrices-g%C3%A9n%C3%A9rales-repr%C3%A9sentants-ONG.pdf" TargetMode="External" Id="Rbb24809bc5944fc6" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reg.unog.ch/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reg.unog.ch/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esango.un.org/civilsociety/login.do" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4319,52 +4495,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C8B27B838BBDED4DA279A7CB46B2A268" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b4c32536e326f64a19028d6dea0e1632">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="654bb3b2-5f6c-4791-a841-a578a9ae2331" xmlns:ns3="cf6b5686-4118-47b9-9072-8853c5a958d5" xmlns:ns4="985ec44e-1bab-4c0b-9df0-6ba128686fc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="420a7f64485be893a6b936d14a0d55f7" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C8B27B838BBDED4DA279A7CB46B2A268" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ec7d1e84ef91b717b582b3c844551f41">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="654bb3b2-5f6c-4791-a841-a578a9ae2331" xmlns:ns3="cf6b5686-4118-47b9-9072-8853c5a958d5" xmlns:ns4="985ec44e-1bab-4c0b-9df0-6ba128686fc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="309f662fe9f4ebeb6975c8eed32eba25" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="654bb3b2-5f6c-4791-a841-a578a9ae2331"/>
     <xsd:import namespace="cf6b5686-4118-47b9-9072-8853c5a958d5"/>
     <xsd:import namespace="985ec44e-1bab-4c0b-9df0-6ba128686fc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -4579,120 +4755,232 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...11 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="985ec44e-1bab-4c0b-9df0-6ba128686fc9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="654bb3b2-5f6c-4791-a841-a578a9ae2331">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28C3D13A-0B78-4754-8D7A-A54E87662536}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA4C8EF7-9725-4E51-A78C-CBEC4261BBEF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="654bb3b2-5f6c-4791-a841-a578a9ae2331"/>
+    <ds:schemaRef ds:uri="cf6b5686-4118-47b9-9072-8853c5a958d5"/>
+    <ds:schemaRef ds:uri="985ec44e-1bab-4c0b-9df0-6ba128686fc9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACF53547-0416-457C-AF51-1D0DEFC77631}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="985ec44e-1bab-4c0b-9df0-6ba128686fc9"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="cf6b5686-4118-47b9-9072-8853c5a958d5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="654bb3b2-5f6c-4791-a841-a578a9ae2331"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1EEFAD80-B400-4F7A-98FC-F0A0F4FF8613}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB42C5B2-4AB9-4358-AC51-34D83A22B22B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{606bed3f-efae-4d70-a15b-866bb27c918d}" enabled="1" method="Privileged" siteId="{0f9e35db-544f-4f60-bdcc-5ea416e6dc70}" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>2</Pages>
+  <Words>561</Words>
+  <Characters>3086</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>United Nations Office at Geneva</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>3640</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="24" baseType="variant">
+      <vt:variant>
+        <vt:i4>7405687</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ungeneva.org/sites/default/files/2022-12/Lignes-directrices-g%C3%A9n%C3%A9rales-repr%C3%A9sentants-ONG.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031625</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://reg.unog.ch/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031625</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://reg.unog.ch/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6815847</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://esango.un.org/civilsociety/login.do</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>GERBAULT</dc:creator>
-  <keywords/>
-[...2 lines deleted...]
-  <lastPrinted>2019-11-21T10:59:00.0000000Z</lastPrinted>
+  <cp:keywords/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C8B27B838BBDED4DA279A7CB46B2A268</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>3573400</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>