--- v0 (2025-10-26)
+++ v1 (2025-12-08)
@@ -1,1335 +1,1357 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3746EA66" w14:textId="77777777" w:rsidR="000D42E5" w:rsidRDefault="00546AC1" w:rsidP="007F2A9B">
+    <w:p w:rsidRPr="00F76941" w:rsidR="000D42E5" w:rsidP="7B869E1D" w:rsidRDefault="00546AC1" w14:paraId="3746EA66" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman" w:cstheme="majorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="00B0F0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD6CF4">
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="7B869E1D" w:rsidR="00546AC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman" w:cstheme="majorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="00B0F0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Sample letter for NGOs in consultative status with ECOSOC </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66331744" w14:textId="47C69044" w:rsidR="00546AC1" w:rsidRPr="00AD6CF4" w:rsidRDefault="000D42E5" w:rsidP="000D42E5">
+    <w:p w:rsidRPr="00F76941" w:rsidR="00546AC1" w:rsidP="7B869E1D" w:rsidRDefault="00A6399C" w14:paraId="66331744" w14:textId="3E156CCE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman" w:cstheme="majorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="00B0F0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="7B869E1D" w:rsidR="00A6399C">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman" w:cstheme="majorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="00B0F0"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B869E1D" w:rsidR="00546AC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman" w:cstheme="majorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="00B0F0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>o request accreditation</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="7B869E1D" w:rsidR="000D42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman" w:cstheme="majorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="00B0F0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00546AC1" w:rsidRPr="00AD6CF4">
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="7B869E1D" w:rsidR="00546AC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman" w:cstheme="majorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="00B0F0"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>at the United Nations Office at Geneva in 202</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t xml:space="preserve">at the United Nations Office at Geneva in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B869E1D" w:rsidR="004A61F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman" w:cstheme="majorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="00B0F0"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B869E1D" w:rsidR="00546AC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman" w:cstheme="majorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="00B0F0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17769A47" w14:textId="77777777" w:rsidR="00546AC1" w:rsidRDefault="00546AC1" w:rsidP="00376F48">
+    <w:p w:rsidR="00546AC1" w:rsidP="00376F48" w:rsidRDefault="00546AC1" w14:paraId="17769A47" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04A32076" w14:textId="0383A5EB" w:rsidR="00376F48" w:rsidRDefault="00376F48" w:rsidP="005212F9">
+    <w:p w:rsidRPr="0025238C" w:rsidR="00376F48" w:rsidP="005212F9" w:rsidRDefault="0025238C" w14:paraId="04A32076" w14:textId="364C1F4D">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025238C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025238C" w:rsidR="00376F48">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>OFFICIAL LETTERHEAD OF THE ORGANIZATION</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="04A32077" w14:textId="77777777" w:rsidR="00376F48" w:rsidRDefault="00376F48" w:rsidP="00376F48">
+      <w:r w:rsidRPr="0025238C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00376F48" w:rsidP="00376F48" w:rsidRDefault="00376F48" w14:paraId="04A32077" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04A3207A" w14:textId="037D7175" w:rsidR="00335D3E" w:rsidRPr="00385369" w:rsidRDefault="00376F48" w:rsidP="00925B18">
-      <w:r>
+    <w:p w:rsidRPr="00385369" w:rsidR="00335D3E" w:rsidP="00925B18" w:rsidRDefault="00376F48" w14:paraId="04A3207A" w14:textId="08C30D3F">
+      <w:r w:rsidRPr="5EA82F62" w:rsidR="00376F48">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ADDRESSED TO:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00925B18" w:rsidRPr="00385369">
+        <w:t xml:space="preserve">ADDRESSED </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5EA82F62" w:rsidR="00376F48">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>TO:</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00925B18" w:rsidRPr="00385369">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00925B18" w:rsidRPr="00385369">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00925B18" w:rsidRPr="00385369">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00925B18" w:rsidRPr="00385369">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00925B18" w:rsidRPr="00385369">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00925B18" w:rsidRPr="00385369">
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00925B18">
+        <w:rPr/>
         <w:t>DATE</w:t>
       </w:r>
       <w:r w:rsidR="00600650">
+        <w:rPr/>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407548B2" w14:textId="77777777" w:rsidR="00925B18" w:rsidRDefault="00925B18" w:rsidP="181812E3">
+    <w:p w:rsidR="00925B18" w:rsidP="181812E3" w:rsidRDefault="00925B18" w14:paraId="407548B2" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04A3207B" w14:textId="4412F970" w:rsidR="00376F48" w:rsidRPr="000D2B5F" w:rsidRDefault="4F033BD2" w:rsidP="00376F48">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="000363B3" w:rsidR="00376F48" w:rsidP="00376F48" w:rsidRDefault="4F033BD2" w14:paraId="04A3207B" w14:textId="4412F970">
+      <w:r w:rsidRPr="000363B3">
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="59302ABB" w:rsidRPr="181812E3">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000363B3" w:rsidR="59302ABB">
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="181812E3">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000363B3">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="7B8D084A" w:rsidRPr="181812E3">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000363B3" w:rsidR="7B8D084A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="032029D5" w:rsidRPr="181812E3">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000363B3" w:rsidR="032029D5">
         <w:t>Philippe Hug</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5013AE9B" w14:textId="0EF6BE57" w:rsidR="7C3FA4F9" w:rsidRDefault="7C3FA4F9" w:rsidP="181812E3">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="000363B3" w:rsidR="7C3FA4F9" w:rsidP="181812E3" w:rsidRDefault="7C3FA4F9" w14:paraId="5013AE9B" w14:textId="0EF6BE57">
+      <w:r w:rsidRPr="000363B3">
         <w:t>NGO Liaison Officer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A3207E" w14:textId="2C824ABE" w:rsidR="00376F48" w:rsidRPr="00835CFE" w:rsidRDefault="0870AD23" w:rsidP="007F2A9B">
+    <w:p w:rsidRPr="00835CFE" w:rsidR="00376F48" w:rsidP="007F2A9B" w:rsidRDefault="0870AD23" w14:paraId="04A3207E" w14:textId="2C824ABE">
       <w:r>
         <w:t xml:space="preserve">S </w:t>
       </w:r>
       <w:r w:rsidR="46DB92D6">
         <w:t>Building</w:t>
       </w:r>
       <w:r w:rsidR="6A101AFD">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="622A9AA3">
         <w:t>Palais des Nations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A3207F" w14:textId="77777777" w:rsidR="00376F48" w:rsidRPr="00835CFE" w:rsidRDefault="6D6AB66F" w:rsidP="00376F48">
+    <w:p w:rsidRPr="00835CFE" w:rsidR="00376F48" w:rsidP="00376F48" w:rsidRDefault="6D6AB66F" w14:paraId="04A3207F" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">1211 </w:t>
       </w:r>
       <w:r w:rsidR="622A9AA3">
         <w:t>Geneva 10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A32080" w14:textId="77777777" w:rsidR="00376F48" w:rsidRPr="00385369" w:rsidRDefault="622A9AA3" w:rsidP="00376F48">
+    <w:p w:rsidRPr="00865C4C" w:rsidR="00376F48" w:rsidP="00376F48" w:rsidRDefault="622A9AA3" w14:paraId="04A32080" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="181812E3">
+      <w:r w:rsidRPr="00865C4C">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Switzerland</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-          <w:lang w:val="it-IT"/>
+    </w:p>
+    <w:p w:rsidRPr="00F76941" w:rsidR="00376F48" w:rsidP="7EFA10D3" w:rsidRDefault="71FEFDAC" w14:paraId="76C1FD59" w14:textId="6257778D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="OLE_LINK1" w:id="0"/>
+      <w:bookmarkStart w:name="OLE_LINK2" w:id="1"/>
+      <w:r w:rsidRPr="004D1A19">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>E-mail:</w:t>
       </w:r>
-      <w:r w:rsidRPr="181812E3">
-[...2 lines deleted...]
-          <w:lang w:val="it-IT"/>
+      <w:r w:rsidRPr="004D1A19" w:rsidR="6D698B56">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...41 lines deleted...]
-      <w:r w:rsidR="00376F48">
+      <w:hyperlink w:history="1" r:id="rId10">
+        <w:r w:rsidRPr="00F76941" w:rsidR="6D698B56">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="006FC0"/>
+            <w:lang w:val="de-CH"/>
+          </w:rPr>
+          <w:t>unog.ngo@un.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidRPr="004D1A19" w:rsidR="00376F48" w:rsidP="00376F48" w:rsidRDefault="00376F48" w14:paraId="08DA4C60" w14:textId="33B87490">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00865C4C" w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="000454B1" w14:paraId="04A32084" w14:textId="63169011">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00865C4C">
+        <w:t xml:space="preserve">Dear </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00865C4C" w:rsidR="004A61F0">
+        <w:t>Sir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00865C4C" w:rsidR="00376F48">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A32085" w14:textId="77777777" w:rsidR="00376F48" w:rsidRPr="000D42E5" w:rsidRDefault="00376F48" w:rsidP="78CB3ECC">
-[...4 lines deleted...]
-    <w:p w14:paraId="04A32086" w14:textId="4E79D1D4" w:rsidR="00376F48" w:rsidRDefault="00376F48" w:rsidP="78CB3ECC">
+    <w:p w:rsidRPr="00865C4C" w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="00376F48" w14:paraId="04A32085" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="00376F48" w14:paraId="04A32086" w14:textId="4E79D1D4">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="78CB3ECC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">[PLEASE ENTER </w:t>
       </w:r>
-      <w:r w:rsidR="00D638D6" w:rsidRPr="78CB3ECC">
+      <w:r w:rsidRPr="78CB3ECC" w:rsidR="00D638D6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
       <w:r w:rsidRPr="78CB3ECC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NAME OF YOUR ORGANIZATION]</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> is a </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> organization in consultative status with the Economic and Social Council since </w:t>
+        <w:t xml:space="preserve"> is a non-governmental organization in consultative status with the Economic and Social Council since </w:t>
       </w:r>
       <w:r w:rsidRPr="78CB3ECC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[YEAR</w:t>
       </w:r>
       <w:r>
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A32087" w14:textId="77777777" w:rsidR="00376F48" w:rsidRDefault="00376F48" w:rsidP="78CB3ECC">
-[...4 lines deleted...]
-    <w:p w14:paraId="04A32088" w14:textId="3F30CF51" w:rsidR="00376F48" w:rsidRDefault="005A15AD" w:rsidP="78CB3ECC">
+    <w:p w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="00376F48" w14:paraId="04A32087" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="005A15AD" w14:paraId="04A32088" w14:textId="279E4C12">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>I am</w:t>
       </w:r>
       <w:r w:rsidR="00942531">
         <w:t xml:space="preserve"> requesting </w:t>
       </w:r>
       <w:r w:rsidR="0001247B">
         <w:t>the following</w:t>
       </w:r>
       <w:r w:rsidR="00942531">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00501DE4">
         <w:t xml:space="preserve">accreditation(s) </w:t>
       </w:r>
       <w:r w:rsidR="00376F48">
         <w:t xml:space="preserve">for the </w:t>
       </w:r>
       <w:r w:rsidR="00F6529F">
         <w:t xml:space="preserve">representatives of </w:t>
       </w:r>
       <w:r w:rsidR="00435397">
         <w:t>my</w:t>
       </w:r>
       <w:r w:rsidR="00F6529F">
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
       <w:r w:rsidR="00376F48">
         <w:t xml:space="preserve">rganization for </w:t>
       </w:r>
-      <w:r w:rsidR="00BF2510">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="004A61F0">
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="00BF2510">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D81C13" w14:textId="77777777" w:rsidR="0001247B" w:rsidRDefault="0001247B" w:rsidP="78CB3ECC">
-[...8 lines deleted...]
-    <w:p w14:paraId="68C92890" w14:textId="7537EBBE" w:rsidR="0001247B" w:rsidRDefault="0098282F" w:rsidP="78CB3ECC">
+    <w:p w:rsidR="0001247B" w:rsidP="78CB3ECC" w:rsidRDefault="0001247B" w14:paraId="17D81C13" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0001247B" w:rsidP="78CB3ECC" w:rsidRDefault="0098282F" w14:paraId="68C92890" w14:textId="7537EBBE">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:r>
         <w:t>Annual</w:t>
       </w:r>
       <w:r w:rsidR="00F6761B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00501DE4">
         <w:t>accreditations</w:t>
       </w:r>
       <w:r w:rsidR="00AF2480">
-        <w:t xml:space="preserve"> / grounds </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> / grounds passes</w:t>
+      </w:r>
       <w:r w:rsidR="007F2A9B">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A3208A" w14:textId="77777777" w:rsidR="00376F48" w:rsidRPr="00BD1888" w:rsidRDefault="00376F48" w:rsidP="78CB3ECC">
+    <w:p w:rsidRPr="00BD1888" w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="00376F48" w14:paraId="04A3208A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="78CB3ECC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Mr/Ms] [First name, last name], as [President/Chief Executive Officer]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A3208B" w14:textId="77777777" w:rsidR="00376F48" w:rsidRPr="00BD1888" w:rsidRDefault="00376F48" w:rsidP="78CB3ECC">
+    <w:p w:rsidRPr="00BD1888" w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="00376F48" w14:paraId="04A3208B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="78CB3ECC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Mr/Ms] [First name, last name], as [Chief Administrative Officer]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A3208C" w14:textId="77777777" w:rsidR="00376F48" w:rsidRPr="00BD1888" w:rsidRDefault="00376F48" w:rsidP="78CB3ECC">
+    <w:p w:rsidRPr="00BD1888" w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="00376F48" w14:paraId="04A3208C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="78CB3ECC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Mr/Ms] [First name, last name], as [Geneva Main Representative]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A3208D" w14:textId="77777777" w:rsidR="00376F48" w:rsidRPr="00BD1888" w:rsidRDefault="00376F48" w:rsidP="78CB3ECC">
+    <w:p w:rsidRPr="00BD1888" w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="00376F48" w14:paraId="04A3208D" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="78CB3ECC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Mr/Ms] [First name, last name], as [Geneva Additional Representative]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75419FD0" w14:textId="77777777" w:rsidR="00F6761B" w:rsidRPr="00BD1888" w:rsidRDefault="00F6761B" w:rsidP="78CB3ECC">
-[...8 lines deleted...]
-    <w:p w14:paraId="04A32091" w14:textId="46D9625F" w:rsidR="005D1796" w:rsidRDefault="00F6761B" w:rsidP="78CB3ECC">
+    <w:p w:rsidRPr="00BD1888" w:rsidR="00F6761B" w:rsidP="78CB3ECC" w:rsidRDefault="00F6761B" w14:paraId="75419FD0" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D1796" w:rsidP="78CB3ECC" w:rsidRDefault="00F6761B" w14:paraId="04A32091" w14:textId="46D9625F">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:r>
         <w:t>Temporary</w:t>
       </w:r>
       <w:r w:rsidR="00AF2480">
-        <w:t xml:space="preserve"> accreditations / grounds </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> accreditations / grounds passes</w:t>
+      </w:r>
       <w:r w:rsidR="007F2A9B">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40522D57" w14:textId="0C41A11F" w:rsidR="00F6761B" w:rsidRPr="001A4E3C" w:rsidRDefault="00153840" w:rsidP="78CB3ECC">
+    <w:p w:rsidRPr="001A4E3C" w:rsidR="00F6761B" w:rsidP="78CB3ECC" w:rsidRDefault="00153840" w14:paraId="40522D57" w14:textId="0C41A11F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="78CB3ECC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">[Mr/Ms] [First name, last name], as </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk119423616"/>
+      <w:bookmarkStart w:name="_Hlk119423616" w:id="2"/>
       <w:r w:rsidRPr="78CB3ECC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Geneva Additional Representativ</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk119423647"/>
+      <w:bookmarkStart w:name="_Hlk119423647" w:id="3"/>
       <w:r w:rsidRPr="78CB3ECC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>e]</w:t>
       </w:r>
-      <w:r w:rsidR="004F36A6" w:rsidRPr="78CB3ECC">
+      <w:r w:rsidRPr="78CB3ECC" w:rsidR="004F36A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="004F36A6" w:rsidRPr="78CB3ECC">
+      <w:r w:rsidRPr="78CB3ECC" w:rsidR="004F36A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>from [1 to 3 months]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A32092" w14:textId="77777777" w:rsidR="00376F48" w:rsidRDefault="00376F48" w:rsidP="78CB3ECC">
-[...4 lines deleted...]
-    <w:p w14:paraId="04A32093" w14:textId="3EF4C0CC" w:rsidR="00376F48" w:rsidRDefault="1638CC47" w:rsidP="78CB3ECC">
+    <w:p w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="00376F48" w14:paraId="04A32092" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="1638CC47" w14:paraId="04A32093" w14:textId="55875AB5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A15AD">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="743DDE7E">
         <w:t xml:space="preserve"> hereby confirm that I</w:t>
       </w:r>
       <w:r w:rsidR="00376F48">
         <w:t xml:space="preserve"> have pre-registered the above-mentioned representatives in the</w:t>
       </w:r>
       <w:r w:rsidR="6C53F6D8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:r w:rsidR="4B6E2885" w:rsidRPr="76BC0919">
+      <w:hyperlink w:history="1" r:id="rId11">
+        <w:r w:rsidRPr="00865C4C" w:rsidR="00376F48">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="006FC0"/>
           </w:rPr>
-          <w:t>https://esango.un.org</w:t>
+          <w:t xml:space="preserve">iCSO </w:t>
         </w:r>
-      </w:hyperlink>
-[...48 lines deleted...]
-        <w:r w:rsidR="005212F9" w:rsidRPr="78CB3ECC">
+        <w:r w:rsidRPr="00865C4C" w:rsidR="513075A2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="006FC0"/>
+          </w:rPr>
+          <w:t>database</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00551712">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A2080A" w:rsidP="78CB3ECC" w:rsidRDefault="00A2080A" w14:paraId="0B8AA296" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A2080A" w:rsidP="78CB3ECC" w:rsidRDefault="00A2080A" w14:paraId="2ECF5C8C" w14:textId="222C2689">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk153289636" w:id="4"/>
+      <w:r>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005212F9">
+        <w:t xml:space="preserve">I hereby confirm that the temporary </w:t>
+      </w:r>
+      <w:r w:rsidR="000E387B">
+        <w:t xml:space="preserve">accreditation(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="005212F9">
+        <w:t xml:space="preserve">will not be used to attend a </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="005212F9">
+        <w:t xml:space="preserve">specific meeting for which an online registration page exists on </w:t>
+      </w:r>
+      <w:r w:rsidR="00984B7C">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="005212F9">
+        <w:t xml:space="preserve">UNOG’s registration platform </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="007828C7" w:rsidR="005212F9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="006FC0"/>
           </w:rPr>
           <w:t>Indico</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A543D3">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="005212F9">
         <w:t xml:space="preserve">I understand </w:t>
       </w:r>
       <w:r w:rsidR="00A543D3">
         <w:t>that r</w:t>
       </w:r>
       <w:r w:rsidR="005212F9">
         <w:t>egistration requests for a specific meeting will be handled by the secretariat of the meeting</w:t>
       </w:r>
       <w:r w:rsidR="00EE120F">
         <w:t xml:space="preserve"> of interest</w:t>
       </w:r>
       <w:r w:rsidR="005212F9">
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
-        <w:r w:rsidR="005212F9" w:rsidRPr="78CB3ECC">
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="007828C7" w:rsidR="005212F9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="006FC0"/>
           </w:rPr>
           <w:t>Indico</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005212F9">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06764240" w14:textId="77777777" w:rsidR="000E3319" w:rsidRDefault="000E3319" w:rsidP="78CB3ECC">
+    <w:p w:rsidR="000E3319" w:rsidP="78CB3ECC" w:rsidRDefault="000E3319" w14:paraId="06764240" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31152F8E" w14:textId="0E178949" w:rsidR="000E3319" w:rsidRPr="001B664D" w:rsidRDefault="000E3319" w:rsidP="78CB3ECC">
+    <w:p w:rsidRPr="001B664D" w:rsidR="000E3319" w:rsidP="78CB3ECC" w:rsidRDefault="000E3319" w14:paraId="31152F8E" w14:textId="0E178949">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidR="000E3319">
+        <w:rPr/>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E3319">
+        <w:rPr/>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidR="00D15568">
+        <w:rPr/>
         <w:t xml:space="preserve">am aware that holders of UNOG </w:t>
       </w:r>
       <w:r w:rsidR="00AF2480">
+        <w:rPr/>
         <w:t xml:space="preserve">accreditation(s) / grounds passes </w:t>
       </w:r>
       <w:r w:rsidR="00D15568">
-        <w:t xml:space="preserve">are subject to relevant UN rules and regulations and must fully comply with the </w:t>
-[...14 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:rPr/>
+        <w:t xml:space="preserve">are subject to relevant UN rules and regulations and must fully </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15568">
+        <w:rPr/>
+        <w:t xml:space="preserve">comply with</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15568">
+        <w:rPr/>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007828C7" w:rsidR="0038522C">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007828C7" w:rsidR="0038522C">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.ungeneva.org/sites/default/files/2025-12/General-guidelines-for-representatives-of-NGOs-Nov2025.pdf" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007828C7" w:rsidR="0038522C">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="007828C7" w:rsidR="0038522C">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="5EA82F62" w:rsidR="0038522C">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>General guidelines for NGO representatives</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007828C7" w:rsidR="0038522C">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="5EA82F62" w:rsidR="0038522C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> accredited at the United Nations Office at Geneva, as well as directions </w:t>
       </w:r>
       <w:r w:rsidR="00D15568">
+        <w:rPr/>
         <w:t xml:space="preserve">set forth by </w:t>
       </w:r>
       <w:r w:rsidR="00672FAC">
+        <w:rPr/>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00D15568">
+        <w:rPr/>
         <w:t>UNOG Security and Safety Service.</w:t>
       </w:r>
       <w:r w:rsidR="009D484D">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77EA455D" w14:textId="77777777" w:rsidR="007F2A9B" w:rsidRDefault="007F2A9B" w:rsidP="78CB3ECC">
+    <w:p w:rsidR="007F2A9B" w:rsidP="78CB3ECC" w:rsidRDefault="007F2A9B" w14:paraId="77EA455D" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7173FF69" w14:textId="77777777" w:rsidR="007F2A9B" w:rsidRDefault="007F2A9B" w:rsidP="78CB3ECC">
+    <w:p w:rsidR="007F2A9B" w:rsidP="78CB3ECC" w:rsidRDefault="007F2A9B" w14:paraId="7173FF69" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:r>
         <w:t>I hereby confirm that I have read and understood the additional information set out below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A32094" w14:textId="77777777" w:rsidR="00376F48" w:rsidRPr="001B664D" w:rsidRDefault="00376F48" w:rsidP="78CB3ECC">
-[...12 lines deleted...]
-    <w:p w14:paraId="7C568E32" w14:textId="77777777" w:rsidR="00984B7C" w:rsidRDefault="005A15AD" w:rsidP="005212F9">
+    <w:p w:rsidRPr="001B664D" w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="00376F48" w14:paraId="04A32094" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00376F48" w:rsidP="78CB3ECC" w:rsidRDefault="00376F48" w14:paraId="04A32098" w14:textId="1E8404D8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidR="00376F48">
+        <w:rPr/>
+        <w:t xml:space="preserve">Thank you for your </w:t>
+      </w:r>
+      <w:r w:rsidR="6DCD957D">
+        <w:rPr/>
+        <w:t>help</w:t>
+      </w:r>
+      <w:r w:rsidR="00376F48">
+        <w:rPr/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00984B7C" w:rsidP="005212F9" w:rsidRDefault="005A15AD" w14:paraId="7C568E32" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">                                                                                                                        </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344A18F8" w14:textId="1815186B" w:rsidR="00B74AA9" w:rsidRDefault="00376F48" w:rsidP="00984B7C">
+    <w:p w:rsidR="00B74AA9" w:rsidP="00984B7C" w:rsidRDefault="00376F48" w14:paraId="344A18F8" w14:textId="1815186B">
       <w:pPr>
         <w:ind w:left="6480" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Sinc</w:t>
       </w:r>
       <w:r w:rsidR="00B74AA9">
         <w:t>erely,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A797610" w14:textId="58098DD7" w:rsidR="00B74AA9" w:rsidRDefault="00B74AA9" w:rsidP="00B74AA9">
+    <w:p w:rsidR="00B74AA9" w:rsidP="00B74AA9" w:rsidRDefault="00B74AA9" w14:paraId="4A797610" w14:textId="60477DCA">
       <w:pPr>
         <w:ind w:left="5760" w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00927D3B" w:rsidRPr="005212F9">
+      <w:r w:rsidR="0025238C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005212F9" w:rsidR="00927D3B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NAME</w:t>
       </w:r>
-      <w:r w:rsidR="00DD67AF" w:rsidRPr="005212F9">
+      <w:r w:rsidRPr="005212F9" w:rsidR="00DD67AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00683FE0" w:rsidRPr="005212F9">
+      <w:r w:rsidRPr="005212F9" w:rsidR="00683FE0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TITLE</w:t>
       </w:r>
-      <w:r w:rsidR="00DD67AF" w:rsidRPr="005212F9">
+      <w:r w:rsidR="0025238C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00AD6CF4" w:rsidR="007F2A9B" w:rsidP="00AD6CF4" w:rsidRDefault="0025238C" w14:paraId="7CCF52E1" w14:textId="037BBC1B">
+      <w:pPr>
+        <w:ind w:left="5760"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005212F9" w:rsidR="00DD67AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>SIGNATURE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005212F9" w:rsidR="00683FE0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-      <w:r w:rsidR="00B74AA9" w:rsidRPr="005A1F14">
+      <w:r w:rsidRPr="005A1F14" w:rsidR="00B74AA9">
         <w:t xml:space="preserve">(as </w:t>
       </w:r>
-      <w:r w:rsidR="009C7F80" w:rsidRPr="005A1F14">
+      <w:r w:rsidRPr="005A1F14" w:rsidR="009C7F80">
         <w:t>shown in</w:t>
       </w:r>
-      <w:r w:rsidR="00B74AA9" w:rsidRPr="005A1F14">
+      <w:r w:rsidRPr="005A1F14" w:rsidR="00B74AA9">
         <w:t xml:space="preserve"> passport)</w:t>
       </w:r>
+      <w:r>
+        <w:t>]</w:t>
+      </w:r>
       <w:r w:rsidR="00376F48">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="007F2A9B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B619684" w14:textId="1DF7C551" w:rsidR="00CE0C89" w:rsidRPr="007F2A9B" w:rsidRDefault="00CB2806" w:rsidP="76BC0919">
+    <w:p w:rsidRPr="007F2A9B" w:rsidR="00CE0C89" w:rsidP="76BC0919" w:rsidRDefault="00CB2806" w14:paraId="5B619684" w14:textId="1DF7C551">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="76BC0919">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Annex: important a</w:t>
       </w:r>
-      <w:r w:rsidR="00CE0C89" w:rsidRPr="76BC0919">
+      <w:r w:rsidRPr="76BC0919" w:rsidR="00CE0C89">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>dditional information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D63F28D" w14:textId="77777777" w:rsidR="00897CC2" w:rsidRDefault="00897CC2" w:rsidP="76BC0919">
-[...8 lines deleted...]
-    <w:p w14:paraId="762F7EFB" w14:textId="77777777" w:rsidR="00897CC2" w:rsidRPr="00AD6CF4" w:rsidRDefault="00897CC2" w:rsidP="76BC0919">
+    <w:p w:rsidR="00897CC2" w:rsidP="76BC0919" w:rsidRDefault="00897CC2" w14:paraId="2D63F28D" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00AD6CF4" w:rsidR="00897CC2" w:rsidP="76BC0919" w:rsidRDefault="00897CC2" w14:paraId="762F7EFB" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The letter should contain the following mandatory elements:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17275FDE" w14:textId="77777777" w:rsidR="00897CC2" w:rsidRPr="00AD6CF4" w:rsidRDefault="00897CC2" w:rsidP="76BC0919">
-[...4 lines deleted...]
-    <w:p w14:paraId="5C9584B7" w14:textId="7CB0A898" w:rsidR="00897CC2" w:rsidRPr="00AD6CF4" w:rsidRDefault="00897CC2" w:rsidP="76BC0919">
+    <w:p w:rsidRPr="00AD6CF4" w:rsidR="00897CC2" w:rsidP="76BC0919" w:rsidRDefault="00897CC2" w14:paraId="17275FDE" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00AD6CF4" w:rsidR="00897CC2" w:rsidP="76BC0919" w:rsidRDefault="00897CC2" w14:paraId="5C9584B7" w14:textId="7CB0A898">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Official letterhead of the NGO</w:t>
       </w:r>
       <w:r w:rsidR="0010714D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F113BBE" w14:textId="7F40C880" w:rsidR="00897CC2" w:rsidRPr="00AD6CF4" w:rsidRDefault="00897CC2" w:rsidP="76BC0919">
+    <w:p w:rsidRPr="00AD6CF4" w:rsidR="00897CC2" w:rsidP="76BC0919" w:rsidRDefault="00897CC2" w14:paraId="6F113BBE" w14:textId="7F40C880">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>For annual</w:t>
       </w:r>
       <w:r w:rsidR="0010714D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007153C4">
         <w:t>accreditations</w:t>
       </w:r>
       <w:r>
         <w:t>: signature of the President/CEO or CAO, whose details have been pre-registered online</w:t>
       </w:r>
       <w:r w:rsidR="00B2055D">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032DCB02" w14:textId="6EB8F2B4" w:rsidR="00897CC2" w:rsidRPr="00AD6CF4" w:rsidRDefault="00897CC2" w:rsidP="76BC0919">
+    <w:p w:rsidR="00897CC2" w:rsidP="76BC0919" w:rsidRDefault="00897CC2" w14:paraId="032DCB02" w14:textId="6EB8F2B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>For temporary</w:t>
       </w:r>
       <w:r w:rsidR="0010714D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007153C4">
         <w:t>accreditations</w:t>
       </w:r>
       <w:r>
         <w:t>: signature of the President/CEO or CAO and Main representative with accrediting rights, whose details have been pre-registered online</w:t>
       </w:r>
       <w:r w:rsidR="0010714D">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED1BD42" w14:textId="18A11606" w:rsidR="00897CC2" w:rsidRPr="00AD6CF4" w:rsidRDefault="00897CC2" w:rsidP="76BC0919">
+    <w:p w:rsidRPr="00AD6CF4" w:rsidR="00106A0E" w:rsidP="76BC0919" w:rsidRDefault="00106A0E" w14:paraId="6ED59F6F" w14:textId="6DB561A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Names of designated representatives of the NGO, as registered in the </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="1F5642EE" w14:textId="7A8FD88D" w:rsidR="00897CC2" w:rsidRPr="006E020B" w:rsidRDefault="00897CC2" w:rsidP="76BC0919">
+        <w:t>The signature on the letter must correspond to the signature appearing in the passport.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00AD6CF4" w:rsidR="00897CC2" w:rsidP="76BC0919" w:rsidRDefault="00897CC2" w14:paraId="0ED1BD42" w14:textId="18A11606">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Signatures on the request letters should be authentic.</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="4B52668C" w14:textId="76ED9EC0" w:rsidR="00897CC2" w:rsidRPr="00AD6CF4" w:rsidRDefault="00897CC2" w:rsidP="76BC0919">
+        <w:t>Names of designated representatives of the NGO, as registered in the iCSO database and as shown on passport.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="006E020B" w:rsidR="00897CC2" w:rsidP="76BC0919" w:rsidRDefault="00897CC2" w14:paraId="1F5642EE" w14:textId="7A8FD88D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Representative types, as selected in the </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> database</w:t>
+        <w:t>Signatures on the request letters should be authentic.</w:t>
       </w:r>
       <w:r w:rsidR="00B42B4A">
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3334EAA4" w14:textId="14F02D27" w:rsidR="00897CC2" w:rsidRPr="00AD6CF4" w:rsidRDefault="00897CC2" w:rsidP="76BC0919">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>In case of inconsistencies, accreditation may be refused.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00AD6CF4" w:rsidR="00897CC2" w:rsidP="76BC0919" w:rsidRDefault="00897CC2" w14:paraId="4B52668C" w14:textId="76ED9EC0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Dates requested for the temporary</w:t>
+        <w:t>Representative types, as selected in the iCSO database</w:t>
       </w:r>
       <w:r w:rsidR="00B42B4A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00AD6CF4" w:rsidR="00897CC2" w:rsidP="76BC0919" w:rsidRDefault="00897CC2" w14:paraId="3334EAA4" w14:textId="17A1686F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="00897CC2">
+        <w:rPr/>
+        <w:t>Dates requested for temporary</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42B4A">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C38E6">
+        <w:rPr/>
         <w:t>accreditations</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00897CC2">
+        <w:rPr/>
         <w:t xml:space="preserve">, as selected in the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00897CC2">
+        <w:rPr/>
         <w:t>iCSO</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00897CC2">
+        <w:rPr/>
         <w:t xml:space="preserve"> database.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="101A70FE" w14:textId="77777777" w:rsidR="00897CC2" w:rsidRPr="00897CC2" w:rsidRDefault="00897CC2" w:rsidP="76BC0919">
-[...8 lines deleted...]
-    <w:p w14:paraId="024F086C" w14:textId="616D8AD3" w:rsidR="00897CC2" w:rsidRPr="00B74AA9" w:rsidRDefault="00897CC2" w:rsidP="76BC0919">
+    <w:p w:rsidRPr="00897CC2" w:rsidR="00897CC2" w:rsidP="76BC0919" w:rsidRDefault="00897CC2" w14:paraId="101A70FE" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B74AA9" w:rsidR="00897CC2" w:rsidP="76BC0919" w:rsidRDefault="00897CC2" w14:paraId="024F086C" w14:textId="616D8AD3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="76BC0919">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Accreditation requests will not be processed if one of those elements is missing.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00897CC2" w:rsidRPr="00B74AA9" w:rsidSect="00107A55">
-[...2 lines deleted...]
-      <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+    <w:sectPr w:rsidRPr="00B74AA9" w:rsidR="00897CC2" w:rsidSect="00107A55">
+      <w:headerReference w:type="even" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:pgSz w:w="11907" w:h="16840" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="907" w:right="1134" w:bottom="907" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31E2FEF2" w14:textId="77777777" w:rsidR="00577D5C" w:rsidRDefault="00577D5C">
+    <w:p w:rsidR="001962D8" w:rsidRDefault="001962D8" w14:paraId="1B2CBBB8" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07B8A42E" w14:textId="77777777" w:rsidR="00577D5C" w:rsidRDefault="00577D5C">
+    <w:p w:rsidR="001962D8" w:rsidRDefault="001962D8" w14:paraId="53A2C417" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="15818E1D" w14:textId="77777777" w:rsidR="00577D5C" w:rsidRDefault="00577D5C"/>
+    <w:p w:rsidR="001962D8" w:rsidRDefault="001962D8" w14:paraId="6EA7DA3C" w14:textId="77777777"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1354,273 +1376,273 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01AF164B" w14:textId="77777777" w:rsidR="00577D5C" w:rsidRDefault="00577D5C">
+    <w:p w:rsidR="001962D8" w:rsidRDefault="001962D8" w14:paraId="45158F00" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0047FFDA" w14:textId="77777777" w:rsidR="00577D5C" w:rsidRDefault="00577D5C">
+    <w:p w:rsidR="001962D8" w:rsidRDefault="001962D8" w14:paraId="3248D1DD" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="55D06722" w14:textId="77777777" w:rsidR="00577D5C" w:rsidRDefault="00577D5C"/>
+    <w:p w:rsidR="001962D8" w:rsidRDefault="001962D8" w14:paraId="76DD7306" w14:textId="77777777"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="04A320A1" w14:textId="77777777" w:rsidR="008473AF" w:rsidRDefault="001B0BE0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008473AF" w:rsidRDefault="00000000" w14:paraId="04A320A1" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="04A320A3">
+      <w:pict w14:anchorId="145C1BCC">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject2" o:spid="_x0000_s1026" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:499.65pt;height:199.85pt;rotation:315;z-index:-251658239;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="black" stroked="f">
+        <v:shape id="PowerPlusWaterMarkObject2" style="position:absolute;margin-left:0;margin-top:0;width:499.65pt;height:199.85pt;rotation:315;z-index:-251658239;mso-wrap-edited:f;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:spid="_x0000_s1026" o:allowincell="f" fillcolor="black" stroked="f" type="#_x0000_t136">
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="04A320A2" w14:textId="77777777" w:rsidR="008473AF" w:rsidRDefault="001B0BE0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008473AF" w:rsidRDefault="00000000" w14:paraId="04A320A2" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="04A320A4">
+      <w:pict w14:anchorId="06007C09">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject1" o:spid="_x0000_s1025" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:499.65pt;height:199.85pt;rotation:315;z-index:-251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="black" stroked="f">
+        <v:shape id="PowerPlusWaterMarkObject1" style="position:absolute;margin-left:0;margin-top:0;width:499.65pt;height:199.85pt;rotation:315;z-index:-251658240;mso-wrap-edited:f;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:spid="_x0000_s1025" o:allowincell="f" fillcolor="black" stroked="f" type="#_x0000_t136">
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13C93988"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D9E24DA"/>
     <w:lvl w:ilvl="0" w:tplc="100C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="236A4C99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BF6471A"/>
     <w:lvl w:ilvl="0" w:tplc="0AA6C0BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -1685,688 +1707,796 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49C972EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56FA0A6E"/>
     <w:lvl w:ilvl="0" w:tplc="C22A4144">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="704F56CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="099290B0"/>
     <w:lvl w:ilvl="0" w:tplc="100C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1793790925">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2046518287">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1950549450">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1718430197">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00376F48"/>
     <w:rsid w:val="0001247B"/>
+    <w:rsid w:val="00013E60"/>
     <w:rsid w:val="00024A39"/>
+    <w:rsid w:val="00026092"/>
+    <w:rsid w:val="00034B1F"/>
     <w:rsid w:val="00035CF2"/>
+    <w:rsid w:val="000363B3"/>
     <w:rsid w:val="00037D76"/>
     <w:rsid w:val="000454B1"/>
     <w:rsid w:val="00060C5C"/>
     <w:rsid w:val="00061BA9"/>
     <w:rsid w:val="00072C1D"/>
     <w:rsid w:val="00086C51"/>
     <w:rsid w:val="00092EA0"/>
     <w:rsid w:val="000A4002"/>
     <w:rsid w:val="000C3E9E"/>
+    <w:rsid w:val="000D10AC"/>
     <w:rsid w:val="000D2B5F"/>
     <w:rsid w:val="000D3A8E"/>
     <w:rsid w:val="000D42E5"/>
     <w:rsid w:val="000E3319"/>
     <w:rsid w:val="000E387B"/>
     <w:rsid w:val="00100A6B"/>
     <w:rsid w:val="00106275"/>
+    <w:rsid w:val="00106A0E"/>
     <w:rsid w:val="0010714D"/>
     <w:rsid w:val="00107A55"/>
     <w:rsid w:val="0012029A"/>
     <w:rsid w:val="001262BC"/>
     <w:rsid w:val="00127EBF"/>
+    <w:rsid w:val="00137025"/>
+    <w:rsid w:val="001373BA"/>
     <w:rsid w:val="0015108E"/>
     <w:rsid w:val="00153840"/>
+    <w:rsid w:val="00155C22"/>
     <w:rsid w:val="00173EED"/>
     <w:rsid w:val="0018017D"/>
+    <w:rsid w:val="001962D8"/>
+    <w:rsid w:val="001A411E"/>
     <w:rsid w:val="001A4E3C"/>
     <w:rsid w:val="001A57A0"/>
     <w:rsid w:val="001B0BE0"/>
     <w:rsid w:val="001B664D"/>
     <w:rsid w:val="001B7DE3"/>
     <w:rsid w:val="001C38E6"/>
+    <w:rsid w:val="001C6DA1"/>
+    <w:rsid w:val="001E2D2A"/>
+    <w:rsid w:val="001F2D44"/>
     <w:rsid w:val="00205C6E"/>
     <w:rsid w:val="00207B21"/>
     <w:rsid w:val="002308E5"/>
     <w:rsid w:val="00242BBD"/>
+    <w:rsid w:val="00245FB4"/>
     <w:rsid w:val="00252157"/>
+    <w:rsid w:val="0025238C"/>
+    <w:rsid w:val="002702F1"/>
+    <w:rsid w:val="00290ED6"/>
     <w:rsid w:val="00292766"/>
+    <w:rsid w:val="00294D25"/>
     <w:rsid w:val="00295421"/>
     <w:rsid w:val="002A78C8"/>
     <w:rsid w:val="002B57AF"/>
     <w:rsid w:val="002C0851"/>
     <w:rsid w:val="002C599A"/>
+    <w:rsid w:val="002D482F"/>
     <w:rsid w:val="002F4632"/>
+    <w:rsid w:val="00301FB8"/>
     <w:rsid w:val="00317859"/>
     <w:rsid w:val="00335D3E"/>
+    <w:rsid w:val="0034105D"/>
+    <w:rsid w:val="00342941"/>
+    <w:rsid w:val="003628FF"/>
+    <w:rsid w:val="00364E12"/>
+    <w:rsid w:val="00366161"/>
     <w:rsid w:val="00376F48"/>
     <w:rsid w:val="0038522C"/>
     <w:rsid w:val="00385369"/>
     <w:rsid w:val="003A2D2B"/>
+    <w:rsid w:val="003B211D"/>
     <w:rsid w:val="003C0F95"/>
     <w:rsid w:val="0040760C"/>
+    <w:rsid w:val="00417926"/>
     <w:rsid w:val="00417D7F"/>
+    <w:rsid w:val="00423517"/>
     <w:rsid w:val="00435397"/>
     <w:rsid w:val="004364E9"/>
     <w:rsid w:val="00461947"/>
     <w:rsid w:val="00470C8E"/>
     <w:rsid w:val="00487110"/>
+    <w:rsid w:val="00493A1A"/>
+    <w:rsid w:val="004A61F0"/>
+    <w:rsid w:val="004D1A19"/>
     <w:rsid w:val="004D3B43"/>
     <w:rsid w:val="004D3B96"/>
     <w:rsid w:val="004D6C34"/>
     <w:rsid w:val="004E0CBB"/>
     <w:rsid w:val="004E7B20"/>
+    <w:rsid w:val="004F0E59"/>
     <w:rsid w:val="004F36A6"/>
     <w:rsid w:val="004F78E5"/>
     <w:rsid w:val="005005D7"/>
     <w:rsid w:val="00501DE4"/>
     <w:rsid w:val="00504CDB"/>
     <w:rsid w:val="0051132A"/>
     <w:rsid w:val="00515CE2"/>
     <w:rsid w:val="005212F9"/>
     <w:rsid w:val="005218FD"/>
     <w:rsid w:val="00526952"/>
     <w:rsid w:val="00542689"/>
     <w:rsid w:val="00546AC1"/>
+    <w:rsid w:val="00551712"/>
+    <w:rsid w:val="00553798"/>
     <w:rsid w:val="00557534"/>
+    <w:rsid w:val="005666E2"/>
+    <w:rsid w:val="00576D4A"/>
     <w:rsid w:val="00577D5C"/>
     <w:rsid w:val="005850E9"/>
     <w:rsid w:val="005A15AD"/>
     <w:rsid w:val="005A1F14"/>
     <w:rsid w:val="005B4D23"/>
     <w:rsid w:val="005B646F"/>
     <w:rsid w:val="005D1796"/>
+    <w:rsid w:val="005E717E"/>
     <w:rsid w:val="00600650"/>
     <w:rsid w:val="006019B2"/>
     <w:rsid w:val="0060663B"/>
+    <w:rsid w:val="0061486F"/>
     <w:rsid w:val="00627AA9"/>
     <w:rsid w:val="00630033"/>
+    <w:rsid w:val="0065207D"/>
+    <w:rsid w:val="00657D3E"/>
     <w:rsid w:val="00663E4F"/>
     <w:rsid w:val="00664B56"/>
     <w:rsid w:val="00672FAC"/>
     <w:rsid w:val="006752BC"/>
     <w:rsid w:val="00683FE0"/>
     <w:rsid w:val="006911B3"/>
     <w:rsid w:val="006B0D6D"/>
     <w:rsid w:val="006C58B8"/>
     <w:rsid w:val="006E020B"/>
+    <w:rsid w:val="006E774E"/>
     <w:rsid w:val="00704E8B"/>
     <w:rsid w:val="00710DFF"/>
     <w:rsid w:val="00713806"/>
     <w:rsid w:val="007153C4"/>
     <w:rsid w:val="0072445A"/>
     <w:rsid w:val="00751F1F"/>
     <w:rsid w:val="00753E17"/>
+    <w:rsid w:val="0076138F"/>
+    <w:rsid w:val="007828C7"/>
     <w:rsid w:val="0079185E"/>
     <w:rsid w:val="0079463F"/>
+    <w:rsid w:val="007E457D"/>
     <w:rsid w:val="007F2A9B"/>
     <w:rsid w:val="0083233D"/>
     <w:rsid w:val="00833BC9"/>
     <w:rsid w:val="00835CFE"/>
     <w:rsid w:val="00835FC4"/>
+    <w:rsid w:val="00837323"/>
+    <w:rsid w:val="00840508"/>
     <w:rsid w:val="0084246C"/>
     <w:rsid w:val="00844A9C"/>
     <w:rsid w:val="008473AF"/>
+    <w:rsid w:val="00861A45"/>
+    <w:rsid w:val="00865C4C"/>
     <w:rsid w:val="008813BA"/>
+    <w:rsid w:val="00890A11"/>
     <w:rsid w:val="00897CC2"/>
     <w:rsid w:val="008A5DB4"/>
+    <w:rsid w:val="008C023D"/>
     <w:rsid w:val="008C118A"/>
     <w:rsid w:val="008C37B5"/>
+    <w:rsid w:val="008C3AF8"/>
+    <w:rsid w:val="008E6BE1"/>
+    <w:rsid w:val="008F2C23"/>
     <w:rsid w:val="008F4757"/>
+    <w:rsid w:val="008F7D63"/>
+    <w:rsid w:val="00905A1C"/>
     <w:rsid w:val="0090635A"/>
     <w:rsid w:val="00925B18"/>
     <w:rsid w:val="00927D3B"/>
+    <w:rsid w:val="00930111"/>
     <w:rsid w:val="00942531"/>
     <w:rsid w:val="00942A04"/>
+    <w:rsid w:val="0094491E"/>
+    <w:rsid w:val="00947F63"/>
     <w:rsid w:val="00964191"/>
+    <w:rsid w:val="009753E5"/>
     <w:rsid w:val="009757E8"/>
     <w:rsid w:val="0098282F"/>
     <w:rsid w:val="00982DF2"/>
     <w:rsid w:val="00984B7C"/>
     <w:rsid w:val="009924B2"/>
     <w:rsid w:val="009A6CB9"/>
+    <w:rsid w:val="009B713E"/>
     <w:rsid w:val="009C3051"/>
     <w:rsid w:val="009C7F80"/>
+    <w:rsid w:val="009D1CE3"/>
     <w:rsid w:val="009D484D"/>
+    <w:rsid w:val="009E2794"/>
+    <w:rsid w:val="009E4DDD"/>
     <w:rsid w:val="00A01240"/>
     <w:rsid w:val="00A04D73"/>
     <w:rsid w:val="00A07492"/>
     <w:rsid w:val="00A151C6"/>
     <w:rsid w:val="00A2080A"/>
+    <w:rsid w:val="00A27A69"/>
+    <w:rsid w:val="00A375EB"/>
+    <w:rsid w:val="00A3798D"/>
+    <w:rsid w:val="00A50E0C"/>
     <w:rsid w:val="00A543D3"/>
     <w:rsid w:val="00A637B5"/>
+    <w:rsid w:val="00A6399C"/>
     <w:rsid w:val="00A7639B"/>
+    <w:rsid w:val="00A77879"/>
     <w:rsid w:val="00A9172C"/>
     <w:rsid w:val="00A94794"/>
     <w:rsid w:val="00A9715A"/>
     <w:rsid w:val="00AC6C2F"/>
     <w:rsid w:val="00AD61A8"/>
     <w:rsid w:val="00AD6CF4"/>
     <w:rsid w:val="00AE6130"/>
     <w:rsid w:val="00AF2480"/>
     <w:rsid w:val="00AF2B04"/>
     <w:rsid w:val="00AF6BBC"/>
     <w:rsid w:val="00AF7E16"/>
     <w:rsid w:val="00B05914"/>
     <w:rsid w:val="00B14C96"/>
     <w:rsid w:val="00B2055D"/>
+    <w:rsid w:val="00B24755"/>
     <w:rsid w:val="00B42B4A"/>
     <w:rsid w:val="00B5083E"/>
     <w:rsid w:val="00B71D85"/>
     <w:rsid w:val="00B72902"/>
+    <w:rsid w:val="00B741BB"/>
     <w:rsid w:val="00B74AA9"/>
+    <w:rsid w:val="00B81659"/>
     <w:rsid w:val="00BA4D08"/>
+    <w:rsid w:val="00BB165D"/>
     <w:rsid w:val="00BC08FC"/>
     <w:rsid w:val="00BC20BF"/>
     <w:rsid w:val="00BD1888"/>
     <w:rsid w:val="00BF2510"/>
     <w:rsid w:val="00C068F7"/>
+    <w:rsid w:val="00C06BB3"/>
+    <w:rsid w:val="00C27E33"/>
     <w:rsid w:val="00C37711"/>
     <w:rsid w:val="00C543AE"/>
     <w:rsid w:val="00C569FD"/>
     <w:rsid w:val="00C60011"/>
+    <w:rsid w:val="00C853AB"/>
     <w:rsid w:val="00C85C97"/>
+    <w:rsid w:val="00CA3FBD"/>
     <w:rsid w:val="00CB2806"/>
     <w:rsid w:val="00CC7589"/>
+    <w:rsid w:val="00CD0555"/>
     <w:rsid w:val="00CE0C89"/>
     <w:rsid w:val="00CF512A"/>
     <w:rsid w:val="00D03F64"/>
+    <w:rsid w:val="00D14196"/>
     <w:rsid w:val="00D15568"/>
     <w:rsid w:val="00D507F3"/>
     <w:rsid w:val="00D638D6"/>
     <w:rsid w:val="00D63B8B"/>
     <w:rsid w:val="00D704D5"/>
     <w:rsid w:val="00D71861"/>
     <w:rsid w:val="00D75BDF"/>
     <w:rsid w:val="00DA13EA"/>
+    <w:rsid w:val="00DC2D9F"/>
     <w:rsid w:val="00DD67AF"/>
+    <w:rsid w:val="00E05315"/>
     <w:rsid w:val="00E12307"/>
     <w:rsid w:val="00E17A4C"/>
+    <w:rsid w:val="00E21C54"/>
     <w:rsid w:val="00E23DB0"/>
     <w:rsid w:val="00E33077"/>
     <w:rsid w:val="00E43D48"/>
     <w:rsid w:val="00E45EE5"/>
+    <w:rsid w:val="00E51645"/>
+    <w:rsid w:val="00E56A3D"/>
     <w:rsid w:val="00E66D6B"/>
     <w:rsid w:val="00E67F79"/>
     <w:rsid w:val="00EC5993"/>
+    <w:rsid w:val="00ED51E4"/>
     <w:rsid w:val="00EE120F"/>
     <w:rsid w:val="00EF4651"/>
     <w:rsid w:val="00EF7587"/>
     <w:rsid w:val="00F00FFB"/>
     <w:rsid w:val="00F021DC"/>
+    <w:rsid w:val="00F30454"/>
     <w:rsid w:val="00F61DBD"/>
     <w:rsid w:val="00F6529F"/>
     <w:rsid w:val="00F6761B"/>
     <w:rsid w:val="00F7142A"/>
+    <w:rsid w:val="00F76941"/>
     <w:rsid w:val="00F86C5E"/>
     <w:rsid w:val="00FA0A5B"/>
     <w:rsid w:val="00FA6957"/>
     <w:rsid w:val="00FC15B4"/>
+    <w:rsid w:val="00FC30C6"/>
     <w:rsid w:val="00FD200E"/>
     <w:rsid w:val="00FF4B7B"/>
     <w:rsid w:val="032029D5"/>
     <w:rsid w:val="06657730"/>
     <w:rsid w:val="0870AD23"/>
+    <w:rsid w:val="0EECFAB8"/>
+    <w:rsid w:val="15F48D60"/>
+    <w:rsid w:val="16101080"/>
     <w:rsid w:val="1638CC47"/>
     <w:rsid w:val="181812E3"/>
     <w:rsid w:val="1ACFD56E"/>
     <w:rsid w:val="1C4D8CD0"/>
+    <w:rsid w:val="1F81B9A5"/>
+    <w:rsid w:val="29A4DDFA"/>
     <w:rsid w:val="372D1073"/>
+    <w:rsid w:val="439FF897"/>
+    <w:rsid w:val="43C083BC"/>
+    <w:rsid w:val="463D4433"/>
     <w:rsid w:val="46DB92D6"/>
     <w:rsid w:val="4847321B"/>
     <w:rsid w:val="4B6E2885"/>
+    <w:rsid w:val="4D7BF5E7"/>
     <w:rsid w:val="4F033BD2"/>
     <w:rsid w:val="513075A2"/>
     <w:rsid w:val="59302ABB"/>
+    <w:rsid w:val="5EA82F62"/>
     <w:rsid w:val="622A9AA3"/>
+    <w:rsid w:val="63CF209A"/>
     <w:rsid w:val="6A101AFD"/>
+    <w:rsid w:val="6A533C4C"/>
     <w:rsid w:val="6C53F6D8"/>
+    <w:rsid w:val="6D698B56"/>
     <w:rsid w:val="6D6AB66F"/>
+    <w:rsid w:val="6DCD957D"/>
     <w:rsid w:val="6FDB05FC"/>
+    <w:rsid w:val="71FEFDAC"/>
+    <w:rsid w:val="741F5420"/>
     <w:rsid w:val="743DDE7E"/>
     <w:rsid w:val="76BC0919"/>
     <w:rsid w:val="78CB3ECC"/>
+    <w:rsid w:val="7B869E1D"/>
     <w:rsid w:val="7B8D084A"/>
     <w:rsid w:val="7C3FA4F9"/>
     <w:rsid w:val="7DFBE95A"/>
+    <w:rsid w:val="7EFA10D3"/>
     <w:rsid w:val="7F867396"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="fr-CH" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="04A32074"/>
+  <w15:docId w15:val="{1604DA36-F128-4F89-B8A4-ECE4FD5E036B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2502,52 +2632,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -2614,274 +2744,273 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00376F48"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00376F48"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:rsid w:val="00376F48"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:rsid w:val="00376F48"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004E0CBB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004E0CBB"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00317859"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00317859"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00317859"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00317859"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00317859"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001B664D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00515CE2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002308E5"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AD6CF4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ungeneva.org/sites/default/files/2022-12/General-guidelines-NGO-representatives.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reg.unog.ch/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reg.unog.ch/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esango.un.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reg.unog.ch/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reg.unog.ch/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esango.un.org/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:unog.ngo@un.org" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3156,52 +3285,61 @@
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="654bb3b2-5f6c-4791-a841-a578a9ae2331">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="985ec44e-1bab-4c0b-9df0-6ba128686fc9" xsi:nil="true"/>
     <SharedWithUsers xmlns="cf6b5686-4118-47b9-9072-8853c5a958d5">
       <UserInfo>
         <DisplayName>Madeleine Cieniewicz</DisplayName>
         <AccountId>45</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C8B27B838BBDED4DA279A7CB46B2A268" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b4c32536e326f64a19028d6dea0e1632">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="654bb3b2-5f6c-4791-a841-a578a9ae2331" xmlns:ns3="cf6b5686-4118-47b9-9072-8853c5a958d5" xmlns:ns4="985ec44e-1bab-4c0b-9df0-6ba128686fc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="420a7f64485be893a6b936d14a0d55f7" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C8B27B838BBDED4DA279A7CB46B2A268" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ec7d1e84ef91b717b582b3c844551f41">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="654bb3b2-5f6c-4791-a841-a578a9ae2331" xmlns:ns3="cf6b5686-4118-47b9-9072-8853c5a958d5" xmlns:ns4="985ec44e-1bab-4c0b-9df0-6ba128686fc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="309f662fe9f4ebeb6975c8eed32eba25" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="654bb3b2-5f6c-4791-a841-a578a9ae2331"/>
     <xsd:import namespace="cf6b5686-4118-47b9-9072-8853c5a958d5"/>
     <xsd:import namespace="985ec44e-1bab-4c0b-9df0-6ba128686fc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -3415,221 +3553,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98CC0111-A218-4579-8412-F3A18014F62F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="654bb3b2-5f6c-4791-a841-a578a9ae2331"/>
     <ds:schemaRef ds:uri="985ec44e-1bab-4c0b-9df0-6ba128686fc9"/>
     <ds:schemaRef ds:uri="cf6b5686-4118-47b9-9072-8853c5a958d5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CAF8B95-915F-4789-8CAD-51AD634A340A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4D12CA9-A4BE-48A6-BBDA-323F41E67C1A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ADB442B2-9AE6-4570-B88B-F1869217923A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="654bb3b2-5f6c-4791-a841-a578a9ae2331"/>
     <ds:schemaRef ds:uri="cf6b5686-4118-47b9-9072-8853c5a958d5"/>
     <ds:schemaRef ds:uri="985ec44e-1bab-4c0b-9df0-6ba128686fc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{0f9e35db-544f-4f60-bdcc-5ea416e6dc70}" enabled="0" method="" siteId="{0f9e35db-544f-4f60-bdcc-5ea416e6dc70}" removed="1"/>
+  <clbl:label id="{606bed3f-efae-4d70-a15b-866bb27c918d}" enabled="1" method="Privileged" siteId="{0f9e35db-544f-4f60-bdcc-5ea416e6dc70}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...110 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
-  <cp:keywords/>
-[...1 lines deleted...]
-  <cp:revision></cp:revision>
+  <keywords/>
+  <lastModifiedBy>Sandrine Burel</lastModifiedBy>
+  <revision>7</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Order">
     <vt:r8>3572400</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x010100C8B27B838BBDED4DA279A7CB46B2A268</vt:lpwstr>
   </property>
 </Properties>
 </file>